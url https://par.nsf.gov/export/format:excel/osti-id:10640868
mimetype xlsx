--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-03-10T04:00:00Z</t>
   </si>
   <si>
     <t>Annual Review of Condensed Matter Physics</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>209 to 228</t>
   </si>
   <si>
     <t>1947-5454</t>
   </si>
   <si>
     <t>&lt;p&gt;Even when ideal solids are insulating, their states with crystallographic defects may have superfluid properties. It became clear recently that edge dislocations in&lt;sup&gt;4&lt;/sup&gt;He featuring a combination of microscopic quantum roughness and superfluidity of their cores may represent a new paradigmatic class of quasi-one-dimensional superfluids. The new state of matter, termed transverse quantum fluid (TQF), is found in a variety of physical setups. The key ingredient defining the class of TQF systems is infinite compressibility, which is responsible for all other unusual properties such as the quadratic spectrum of normal modes (or even the absence of sharp quasiparticles), irrelevance of the Landau criterion, off-diagonal long-range order at&lt;italic&gt;T&lt;/italic&gt;= 0, and the exponential dependence of the phase slip probability on the inverse flow velocity. From a conceptual point of view, the TQF state is a striking demonstration of the conditional character of many dogmas associated with superfluidity, including the necessity of elementary excitations, in general, and the ones obeying the Landau criterion in particular.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2335904</t>
+    <t>2335904; 2335905</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Annual Reviews</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>