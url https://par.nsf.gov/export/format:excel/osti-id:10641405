--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-07-03T04:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present a detailed study of SN 2024ahr, a hydrogen-poor superluminous supernova (SLSN-I), for which we determine a redshift of&lt;italic&gt;z&lt;/italic&gt;= 0.0861. SN 2024ahr has a peak absolute magnitude of&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;g&lt;/italic&gt;&lt;/sub&gt;≈&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;r&lt;/italic&gt;&lt;/sub&gt;≈ −21 mag, rest-frame rise and decline times (50% of peak) of about 40 and 80 days, respectively, and typical spectroscopic evolution in the optical band. Similarly, modeling of the UV/optical light curves with a magnetar spin-down engine leads to typical parameters: an initial spin period of ≈3.3 ms, a magnetic field strength of ≈6 × 10&lt;sup&gt;13&lt;/sup&gt;G, and an ejecta mass of ≈9.5&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;. Due to its relatively low redshift, we obtained a high signal-to-noise ratio near-IR (NIR) spectrum about 43 rest-frame days postpeak to search for the presence of helium. We do not detect any significant feature at the location of the He&lt;sc&gt;i&lt;/sc&gt;&lt;italic&gt;λ&lt;/italic&gt;2.058&lt;italic&gt;μ&lt;/italic&gt;m feature and place a conservative upper limit of ∼0.05&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;on the mass of helium in the outer ejecta. We detect broad features of Mg&lt;sc&gt;i&lt;/sc&gt;&lt;italic&gt;λ&lt;/italic&gt;1.575&lt;italic&gt;μ&lt;/italic&gt;m and Mg&lt;sc&gt;ii&lt;/sc&gt;&lt;italic&gt;λ&lt;/italic&gt;2.136&lt;italic&gt;μ&lt;/italic&gt;m, which are typical of Type Ic SNe, but with higher velocities. Examining the sample of SLSNe-I with NIR spectroscopy, we find that, unlike SN 2024ahr, these events are generally peculiar. This highlights the need for a large sample of prototypical SLSNe-I with NIR spectroscopy to constrain the fraction of progenitors with helium (Ib-like) and without helium (Ic-like) at the time of explosion, and hence the evolutionary path(s) leading to the rare outcome of SLSNe-I.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2108531</t>
+    <t>2108531; 1911225; 1911151</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>