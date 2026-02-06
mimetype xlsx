--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10641441</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/adf84e</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>KMT-2018-BLG-0029Lb and OGLE-2019-BLG-0960Lb: Mass Measurements for Two Super-Earth Microlensing Planets</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang_张, Keming 可名 (ORCID:0000000298705695); Terry, Sean K (ORCID:0000000250293257); Bloom, Joshua S (ORCID:000000027777216X); Gaudi, B Scott (ORCID:0000000303959869); Lu, Jessica R (ORCID:0000000196110009)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-02T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>170</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>198</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;KMT-2018-BLG-0029Lb and OGLE-2019-BLG-0960Lb were the lowest mass-ratio microlensing planets at the time of discovery. For both events, microlensing parallax measurements from the Spitzer Space Telescope implied lens systems that were more distant and massive than those inferred from the ground-based parallax. Here, we report on the detection of excess flux aligned to the event locations using Keck Adaptive Optics imaging, which is consistent with the expected brightness of main-sequence hosts under the ground-based parallax, but inconsistent with that predicted by Spitzer. Based on the excess flux, ground-based parallax, and angular Einstein radius, we determine KMT-2018-BLG-0029Lb to be a 4.2 ± 0.5&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊕&lt;/sub&gt;planet orbiting a 0.70 ± 0.07&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;host at a projected separation of 3.1 ± 0.3 au, and OGLE-2019-BLG-0960Lb to be a 2.0 ± 0.2&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊕&lt;/sub&gt;planet orbiting a 0.40 ± 0.03&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;host at a projected separation of 1.7 ± 0.1 au. We report on additional light-curve models for KMT-2018-BLG-0029 under the generalized inner-outer (offset) degeneracy, which were not reported in the original analysis. We point out inconsistencies in the inner/outer labeling of the degenerate models in the lens and source planes, and advocate for the lens-plane convention, which refers to the planet being closer or further to the host star compared to the image it perturbs. Lastly, we discuss the possibility of breaking this degeneracy via ground concurrent observations with the Roman Space Telescope.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2206744</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>