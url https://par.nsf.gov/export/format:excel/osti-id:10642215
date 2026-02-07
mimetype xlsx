--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10642215</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3729302</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An Interactive Debugger for Rust Trait Errors</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gray, Gavin (ORCID:0000000229601198); Crichton, Will (ORCID:0000000186396541); Krishnamurthi, Shriram (ORCID:0000000151841975)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Programming Languages</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>PLDI</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1293 to 1314</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-1421</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Compiler diagnostics for type inference failures are notoriously bad, and type classes only make the problem worse. By introducing a complex search process during inference, type classes can lead to wholly inscrutable or useless errors. We describe a system, Argus, for interactively visualizing type class inferences to help programmers debug inference failures, applied specifically to Rust’s trait system. The core insight of Argus is to avoid the traditional model of compiler diagnostics as one-size-fits-all, instead providing the programmer with different views on the search tree corresponding to different debugging goals. Argus carefully uses defaults to improve debugging productivity, including interface design (e.g., not showing full paths of types by default) and heuristics (e.g., sorting obligations based on the expected complexity of fixing them). We evaluated Argus in a user study where&lt;italic toggle='yes'&gt;N&lt;/italic&gt;= 25 participants debugged type inference failures in realistic Rust programs, finding that participants using Argus correctly localized 2.2× as many faults and localized 3.3× faster compared to not using Argus.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2227863</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>