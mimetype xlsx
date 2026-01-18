--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -119,51 +119,51 @@
   <si>
     <t>Sadoughi, Milad [Department of Electrical and Computer Engineering, Manhattan, KS, USA] (ORCID:0000000198827476); Fateh, Fariba [Department of Electrical and Computer Engineering, Manhattan, KS, USA] (ORCID:0000000154429644); He, JiangBiao [Department of Electrical Engineering and Computer Science, Knoxville, TN, USA] (ORCID:0000000154565320); Mirafzal, Behrooz [Department of Electrical and Computer Engineering, Manhattan, KS, USA] (ORCID:0000000269981463)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>IEEE Transactions on Industrial Electronics</t>
   </si>
   <si>
     <t>1 to 12</t>
   </si>
   <si>
     <t>0278-0046</t>
   </si>
   <si>
     <t>High-performance switching devices like SiC MOSFETs introduce high-frequency ringing and overvoltage transients at motor terminals, leading to uneven voltage distribution across windings. In SiC-driven motors, the first coil and initial turns experience significant overvoltage stress, increasing the risk of insulation degradation and inter-turn faults. This study proposes an analog circuit to mitigate overvoltage stress. The circuit detects high dv/dt in the first coil and adaptively inserts a ceramic capacitor via a GaN switch, forming a low-impedance path for high-frequency currents. This diverts part of the transient energy to the second coil, reducing stress on the first coil and promoting uniform voltage distribution. The GaN switch remains closed to sustain the high-frequency current path through the capacitor, adapting to different operating conditions and cable lengths. The circuit was prototyped and experimentally validated on a 2hp induction motor driven by a SiC inverter, demonstrating its effectiveness in mitigating overvoltage stress. This compact solution enhances the reliability of SiC-driven motor systems by addressing uneven high-frequency voltage distribution.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2135544</t>
+    <t>2135544; 2545567</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IEEE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>