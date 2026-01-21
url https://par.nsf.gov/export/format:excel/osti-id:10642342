--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,97 +86,100 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10642342</t>
-[...8 lines deleted...]
-    <t>Li, Ruiyu [Department of Chemistry University of Chicago  Chicago, IL USA, James Franck Institute University of Chicago  Chicago, IL USA] (ORCID:0000000270881451); Wildenberg, Gregg [Department of Neurobiology The University of Chicago  Chicago, IL USA, Argonne National Laboratory, Biosciences Division  Lemont, IL USA]; Boergens, Kevin [Department of Physics University of Illinois Chicago  Chicago, IL USA] (ORCID:0000000157296007); Yang, Yingjie [Department of Physics University of Illinois Chicago  Chicago, IL USA]; Weber, Kassandra [Department of Physics University of Illinois Chicago  Chicago, IL USA]; Rieger, Janek [James Franck Institute University of Chicago  Chicago, IL USA] (ORCID:0000000160572500); Arcidiacono, Ashley [James Franck Institute University of Chicago  Chicago, IL USA] (ORCID:0000000186172097); Klie, Robert [Department of Physics University of Illinois Chicago  Chicago, IL USA] (ORCID:0000000347736667); Kasthuri, Narayanan [Department of Neurobiology The University of Chicago  Chicago, IL USA, Argonne National Laboratory, Biosciences Division  Lemont, IL USA] (ORCID:000000033825931X); King, Sarah_B [Department of Chemistry University of Chicago  Chicago, IL USA, James Franck Institute University of Chicago  Chicago, IL USA] (ORCID:0000000302749894)</t>
+    <t>10507655</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3847/1538-4357/ad3730</t>
+  </si>
+  <si>
+    <t>All-sky Search for Transient Astrophysical Neutrino Emission with 10 Years of IceCube Cascade Events</t>
+  </si>
+  <si>
+    <t>Abbasi, R. (ORCID:0000000161414205); Ackermann, M. (ORCID:000000018952588X); Adams, J.; Agarwalla, S_K (ORCID:0000000297148866); Aguilar, J_A (ORCID:0000000322529514); Ahlers, M. (ORCID:0000000307095631); Alameddine, J_M (ORCID:0000000295349189); Amin, N_M; Andeen, K. (ORCID:0000000193940007); Anton, G. (ORCID:0000000320394724); Argüelles, C. (ORCID:0000000341864182); Ashida, Y. (ORCID:0000000341362086); Athanasiadou, S.; Ausborm, L.; Axani, S_N (ORCID:0000000188663826); Bai, X. (ORCID:0000000218279121); Balagopal_V, A. (ORCID:0000000153678876); Baricevic, M.; Barwick, S_W (ORCID:0000000320506714); Basu, V. (ORCID:0000000295282009); Bay, R.; Beatty, J_J (ORCID:0000000304814952); Becker_Tjus, J. (ORCID:0000000217487367); Beise, J. (ORCID:0000000274484189); Bellenghi, C. (ORCID:0000000185257515); Benning, C.; BenZvi, S. (ORCID:0000000155374710); Berley, D.; Bernardini, E. (ORCID:0000000331081141); Besson, D_Z; Blaufuss, E. (ORCID:0000000154501757); Blot, S. (ORCID:0000000310893001); Bontempo, F.; Book, J_Y (ORCID:0000000166875959); Boscolo_Meneguolo, C. (ORCID:0000000183254329); Böser, S. (ORCID:0000000259184890); Botner, O. (ORCID:0000000185887306); Böttcher, J. (ORCID:0000000233874236); Braun, J.; Brinson, B. (ORCID:0000000191281159); Brostean-Kaiser, J.; Brusa, L.; Burley, R_T; Busse, R_S; Butterfield, D.; Campana, M_A (ORCID:0000000341625739); Carloni, K.; Carnie-Bronca, E_G; Chattopadhyay, S.; Chau, N.; Chen, C. (ORCID:0000000281394106); Chen, Z. (ORCID:0000000228137688); Chirkin, D. (ORCID:0000000349111345); Choi, S.; Clark, B_A (ORCID:0000000340892245); Coleman, A. (ORCID:0000000315101712); Collin, G_H; Connolly, A.; Conrad, J_M (ORCID:0000000263930438); Coppin, P. (ORCID:0000000168691280); Correa, P. (ORCID:0000000211586735); Cowen, D_F (ORCID:0000000347380787); Dave, P. (ORCID:0000000238795115); De_Clercq, C. (ORCID:0000000152667059); DeLaunay, J_J (ORCID:0000000152291995); Delgado, D. (ORCID:0000000243068828); Deng, S.; Deoskar, K.; Desai, A. (ORCID:0000000174059994); Desiati, P. (ORCID:0000000197681858); de_Vries, K_D (ORCID:0000000298424068); de_Wasseige, G. (ORCID:0000000210105100); DeYoung, T. (ORCID:0000000348733783); Diaz, A. (ORCID:0000000172068336); Díaz-Vélez, J_C (ORCID:0000000200870693); Dittmer, M.; Domi, A.; Dujmovic, H. (ORCID:0000000318910718); DuVernois, M_A (ORCID:0000000229879691); Ehrhardt, T.; Eimer, A.; Eller, P. (ORCID:0000000163545209); Ellinger, E.; El_Mentawi, S.; Elsässer, D. (ORCID:0000000167963205); Engel, R.; Erpenbeck, H. (ORCID:0000000163192108); Evans, J.; Evenson, P_A (ORCID:000000017929810X); Fan, K_L (ORCID:0000000282464751); Fang, K.; Farrag, K.; Fazely, A_R (ORCID:0000000269078020); Fedynitch, A. (ORCID:0000000328373477); Feigl, N.; Fiedlschuster, S.; Finley, C. (ORCID:000000033350390X); Fischer, L. (ORCID:0000000276458048); Fox, D. (ORCID:000000023714672X); Franckowiak, A. (ORCID:0000000256052219); Fürst, P. (ORCID:0000000279518042); Gallagher, J.; Ganster, E. (ORCID:0000000343936944); Garcia, A. (ORCID:0000000281862459); Gerhardt, L.; Ghadimi, A. (ORCID:0000000263506485); Glaser, C.; Glauch, T. (ORCID:0000000318044055); Glüsenkamp, T. (ORCID:0000000222689297); Gonzalez, J_G; Grant, D.; Gray, S_J (ORCID:0000000329078306); Gries, O.; Griffin, S. (ORCID:0000000207799623); Griswold, S. (ORCID:0000000273217513); Groth, K_M (ORCID:0000000215819049); Günther, C.; Gutjahr, P. (ORCID:0000000179807285); Ha, C.; Haack, C. (ORCID:0000000339322448); Hallgren, A. (ORCID:0000000177514489); Halliday, R.; Halve, L. (ORCID:0000000322376714); Halzen, F. (ORCID:0000000162242417); Hamdaoui, H. (ORCID:0000000157092100); Ha_Minh, M.; Handt, M.; Hanson, K.; Hardin, J.; Harnisch, A_A; Hatch, P.; Haungs, A. (ORCID:0000000296387574); Häußler, J.; Helbing, K. (ORCID:0000000320724172); Hellrung, J. (ORCID:0009000673008961); Hermannsgabner, J.; Heuermann, L.; Heyer, N. (ORCID:0000000190368623); Hickford, S.; Hidvegi, A.; Hill, C. (ORCID:0000000306479174); Hill, G_C; Hoffman, K_D; Hori, S.; Hoshina, K.; Hou, W. (ORCID:0000000334227185); Huber, T. (ORCID:0000000265151673); Hultqvist, K. (ORCID:0000000306029472); Hünnefeld, M. (ORCID:0000000228276522); Hussain, R.; Hymon, K.; In, S.; Ishihara, A.; Jacquart, M.; Janik, O.; Jansson, M.; Japaridze, G_S (ORCID:0000000270005291); Jeong, M. (ORCID:0000000324206639); Jin, M. (ORCID:0000000304875595); Jones, B_J_P (ORCID:0000000334008986); Kamp, N.; Kang, D. (ORCID:0000000251499767); Kang, W. (ORCID:0000000339803778); Kang, X.; Kappes, A. (ORCID:0000000313153711); Kappesser, D.; Kardum, L.; Karg, T. (ORCID:0000000332512126); Karl, M. (ORCID:0000000324758951); Karle, A. (ORCID:0000000198895161); Katil, A.; Katz, U. (ORCID:0000000270634418); Kauer, M. (ORCID:0000000318309076); Kelley, J_L (ORCID:0000000208464542); Khatee_Zathul, A. (ORCID:0000000287358579); Kheirandish, A. (ORCID:0000000170740539); Kiryluk, J. (ORCID:0000000302643133); Klein, S_R (ORCID:0000000328416553); Kochocki, A. (ORCID:0000000337820128); Koirala, R. (ORCID:0000000277357169); Kolanoski, H. (ORCID:0000000304352524); Kontrimas, T. (ORCID:0000000185850933); Köpke, L.; Kopper, C. (ORCID:0000000162887637); Koskinen, D_J (ORCID:0000000205145917); Koundal, P. (ORCID:0000000259175230); Kovacevich, M. (ORCID:0000000250195745); Kowalski, M. (ORCID:0000000185948666); Kozynets, T.; Krishnamoorthi, J. (ORCID:0009000613522248); Kruiswijk, K. (ORCID:0009000292610537); Krupczak, E.; Kumar, A. (ORCID:0000000283678401); Kun, E.; Kurahashi, N. (ORCID:0000000310478094); Lad, N. (ORCID:0000000193025140); Lagunas_Gualda, C. (ORCID:0000000290407191); Lamoureux, M. (ORCID:0000000288605826); Larson, M_J (ORCID:0000000269961155); Latseva, S.; Lauber, F. (ORCID:0000000156485930); Lazar, J_P (ORCID:0000000309285025); Lee, J_W (ORCID:0000000156814941); Leonard_DeHolton, K. (ORCID:0000000287950601); Leszczyńska, A. (ORCID:0000000309356313); Lincetto, M. (ORCID:0000000214603369); Liu, Y.; Liubarska, M.; Lohfink, E.; Love, C.; Lozano_Mariscal, C_J; Lu, L. (ORCID:0000000331757770); Lucarelli, F. (ORCID:0000000295588788); Luszczak, W. (ORCID:0000000330850674); Lyu, Y. (ORCID:0000000223334383); Madsen, J. (ORCID:0000000324159959); Magnus, E.; Mahn, K_B_M; Makino, Y.; Manao, E. (ORCID:0009000261978574); Mancina, S. (ORCID:0009000398793896); Marie_Sainte, W.; Mariş, I_C (ORCID:0000000257711124); Marka, S.; Marka, Z.; Marsee, M.; Martinez-Soler, I.; Maruyama, R. (ORCID:000000032794512X); Mayhew, F. (ORCID:000000017609403X); McElroy, T.; McNally, F. (ORCID:0000000207852244); Mead, J_V; Meagher, K. (ORCID:0000000339671533); Mechbal, S.; Medina, A.; Meier, M. (ORCID:0000000294839450); Merckx, Y.; Merten, L. (ORCID:0000000313329895); Micallef, J.; Mitchell, J.; Montaruli, T. (ORCID:0000000150142152); Moore, R_W (ORCID:0000000341604700); Morii, Y.; Morse, R.; Moulai, M. (ORCID:0000000179095812); Mukherjee, T. (ORCID:0000000209624878); Naab, R. (ORCID:000000032512466X); Nagai, R. (ORCID:0000000175032777); Nakos, M.; Naumann, U.; Necker, J. (ORCID:0000000302807484); Negi, A.; Neumann, M.; Niederhausen, H. (ORCID:0000000295664904); Nisa, M_U (ORCID:0000000268593944); Noell, A.; Novikov, A.; Nowicki, S_C; Obertacke_Pollmann, A. (ORCID:000000022492043X); O’Dell, V. (ORCID:000000030903543X); Oeyen, B. (ORCID:0000000329403164); Olivas, A.; Orsoe, R.; Osborn, J.; O’Sullivan, E. (ORCID:0000000318828802); Pandya, H. (ORCID:0000000261384808); Park, N. (ORCID:000000024282736X); Parker, G_K; Paudel, E_N (ORCID:0000000192767994); Paul, L. (ORCID:0000000340072829); Pérez_de_los_Heros, C. (ORCID:0000000220845866); Peterson, J.; Philippen, S. (ORCID:0000000202760092); Pizzuto, A. (ORCID:0000000284668168); Plum, M. (ORCID:000000018691242X); Pontén, A.; Popovych, Y.; Prado_Rodriguez, M.; Pries, B. (ORCID:0000000348119863); Procter-Murphy, R.; Przybylski, G_T; Raab, C. (ORCID:0000000199212668); Rack-Helleis, J.; Rawlins, K.; Rechav, Z.; Rehman, A. (ORCID:0000000176165790); Reichherzer, P.; Resconi, E. (ORCID:0000000307052770); Reusch, S.; Rhode, W. (ORCID:0000000326365000); Riedel, B. (ORCID:0000000295248943); Rifaie, A.; Roberts, E_J; Robertson, S.; Rodan, S.; Roellinghoff, G.; Rongen, M. (ORCID:0000000270571007); Rosted, A.; Rott, C. (ORCID:0000000269586033); Ruhe, T. (ORCID:0000000240809563); Ruohan, L.; Ryckbosch, D. (ORCID:0000000287597553); Safa, I. (ORCID:0000000187376825); Saffer, J.; Salazar-Gallegos, D. (ORCID:0000000293129684); Sampathkumar, P.; Sanchez_Herrera, S_E; Sandrock, A. (ORCID:0000000267791172); Santander, M. (ORCID:0000000172978217); Sarkar, S. (ORCID:0000000212064330); Sarkar, S. (ORCID:000000023542858X); Savelberg, J.; Savina, P.; Schaufel, M.; Schieler, H. (ORCID:0000000226374778); Schindler, S. (ORCID:0000000155078890); Schlickmann, L. (ORCID:0000000297466872); Schlüter, B.; Schlüter, F. (ORCID:0000000255454363); Schmeisser, N.; Schmidt, T.; Schneider, J. (ORCID:0000000177525700); Schröder, F_G (ORCID:0000000184957210); Schumacher, L. (ORCID:0000000189456722); Sclafani, S. (ORCID:0000000194461219); Seckel, D.; Seikh, M. (ORCID:0000000244647354); Seunarine, S. (ORCID:0000000332726896); Shah, R.; Shefali, S.; Shimizu, N.; Silva, M. (ORCID:0000000169408184); Skrzypek, B. (ORCID:0000000209101057); Smithers, B. (ORCID:000000031273985X); Snihur, R.; Soedingrekso, J.; Søgaard, A.; Soldin, D. (ORCID:0000000330057879); Soldin, P. (ORCID:0000000317612495); Sommani, G. (ORCID:000000020094826X); Spannfellner, C.; Spiczak, G_M (ORCID:0000000200300519); Spiering, C. (ORCID:0000000173720074); Stamatikos, M.; Stanev, T.; Stezelberger, T. (ORCID:0000000326769574); Stürwald, T.; Stuttard, T. (ORCID:000000017944279X); Sullivan, G_W (ORCID:0000000225852352); Taboada, I. (ORCID:0000000335093457); Ter-Antonyan, S. (ORCID:0000000257881369); Thiesmeyer, M.; Thompson, W_G (ORCID:0000000329887998); Thwaites, J. (ORCID:0000000191793760); Tilav, S.; Tollefson, K. (ORCID:0000000197251479); Tönnis, C.; Toscano, S. (ORCID:0000000218602240); Tosi, D.; Trettin, A.; Tung, C_F (ORCID:0000000169207841); Turcotte, R.; Twagirayezu, J_P; Unland_Elorrieta, M_A (ORCID:0000000261243255); Upadhyay, A_K (ORCID:0000000319572626); Upshaw, K.; Vaidyanathan, A.; Valtonen-Mattila, N. (ORCID:000000021830098X); Vandenbroucke, J. (ORCID:0000000298676548); van_Eijndhoven, N. (ORCID:0000000155583328); Vannerom, D.; van_Santen, J. (ORCID:0000000224129728); Vara, J.; Veitch-Michaelis, J.; Venugopal, M.; Vereecken, M.; Verpoest, S. (ORCID:0000000230313206); Veske, D.; Vijai, A.; Walck, C.; Wang, Y.; Weaver, C. (ORCID:0000000323852559); Weigel, P.; Weindl, A.; Weldert, J.; Wen, A_Y; Wendt, C. (ORCID:0000000180768877); Werthebach, J.; Weyrauch, M.; Whitehorn, N. (ORCID:0000000231570407); Wiebusch, C_H (ORCID:0000000264183008); Williams, D_R; Witthaus, L.; Wolf, A.; Wolf, M. (ORCID:0000000199913923); Wrede, G.; Xu, X_W; Yanez, J_P; Yildizci, E.; Yoshida, S. (ORCID:0000000324805105); Young, R.; Yu, S.; Yuan, T. (ORCID:0000000270415872); Zhang, Z.; Zhelnin, P.; Zilberman, P.; Zimmerman, M.; IceCube_Collaboration</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-09-12T04:00:00Z</t>
-[...11 lines deleted...]
-    <t>1439-4227</t>
+    <t>2024-05-16T04:00:00Z</t>
+  </si>
+  <si>
+    <t>The Astrophysical Journal</t>
+  </si>
+  <si>
+    <t>967</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
- &lt;p&gt;Electron imaging of biological samples stained with heavy metals has enabled visualization of subcellular structures critical in chemical‐, structural‐, and neuro‐biology. In particular, osmium tetroxide (OsO&lt;sub&gt;4&lt;/sub&gt;) has been widely adopted for selective lipid imaging. Despite the ubiquity of its use, the osmium speciation in lipid membranes and the process for contrast generation in electron microscopy (EM) have continued to be open questions, limiting efforts to improve staining protocols and therefore high‐resolution nanoscale imaging of biological samples. Following our recent success using photoemission electron microscopy (PEEM) to image mouse brain tissues with synaptic resolution, we have used PEEM to determine the nanoscale electronic structure of Os‐stained biological samples. Os(IV), in the form of OsO&lt;sub&gt;2&lt;/sub&gt;, generates nanoaggregates in lipid membranes, leading to a strong spatial variation in the electronic structure and electron density of states. OsO&lt;sub&gt;2&lt;/sub&gt;has a metallic electronic structure that drastically increases the electron density of states near the Fermi level. Depositing metallic OsO&lt;sub&gt;2&lt;/sub&gt;in lipid membranes allows for strongly enhanced EM signals and conductivity of biological materials. The identification of the chemical species and understanding of the membrane contrast mechanism of Os‐stained biological specimens provides a new opportunity for the development of staining protocols for high‐resolution, high‐contrast EM imaging.&lt;/p&gt;</t>
+ &lt;p&gt;Neutrino flares in the sky are searched for in data collected by IceCube between 2011 and 2021 May. This data set contains cascade-like events originating from charged-current electron neutrino and tau neutrino interactions and all-flavor neutral-current interactions. IceCube’s previous all-sky searches for neutrino flares used data sets consisting of track-like events originating from charged-current muon neutrino interactions. The cascade data set is statistically independent of the track data sets, and while inferior in angular resolution, the low-background nature makes it competitive and complementary to previous searches. No statistically significant flare of neutrino emission was observed in an all-sky scan. Upper limits are calculated on neutrino flares of varying duration from 1 hr to 100 days. Furthermore, constraints on the contribution of these flares to the diffuse astrophysical neutrino flux are presented, showing that multiple unresolved transient sources may contribute to the diffuse astrophysical neutrino flux.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2011854; 2014862</t>
+    <t>2310051; 2209445; 2310050; 1847827</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
+    <t>Article No. 48</t>
+  </si>
+  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
+    <t>DOI PREFIX: 10.3847</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -324,58 +327,58 @@
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>