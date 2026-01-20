--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-09-06T04:00:00Z</t>
   </si>
   <si>
     <t>ChemCatChem</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>1867-3880</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Billions of years of evolution have led to the selection of (hyper)thermophiles capable of flourishing at elevated temperatures. The corresponding native (hyper)thermophilic enzymes retain their tertiary and quaternary structures at near‐boiling water temperatures and naturally retain catalytically competent conformational dynamics under these conditions. And yet, while hyper/thermophilic enzymes offer special opportunities in biocatalysis and in hybrid bio/chemocatalytic approaches to modern synthesis in both academia and industry, these enzymes remain underexplored in biocatalysis. Among the strategic advantages that can be leveraged in running biocatalytic transformations at higher temperatures are included more favorable kinetics, removal of volatile byproducts to drive reactions forward, improved substrate solubility and product separation, and accelerated stereodynamics for dynamic kinetic resolutions. These topics are discussed and illustrated with contemporary examples of note, in sections organized by stratagem. Finally, the reader is alerted in particular to archaeal enzymes that have proven useful in non‐natural synthetic chemistry ventures, and at the same time is referred to a rich area of archaea whose genomes have been sequenced but whose enzymatic activities of interest have not yet been mined. Though hyperthermophilic archaea are among the most ancient of organisms, their enzymes may hold the key to many future innovations in biocatalytic chemistry–perhaps we really do need to go ‘back to the future’.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2102705</t>
+    <t>2102705; 2023250</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>