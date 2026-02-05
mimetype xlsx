--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10642454</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/aaai.70007</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>AI literacy as a core component of AI education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tadimalla, Sri Yash [University of North Carolina Charlotte USA] (ORCID:0000000244996335); Maher, Mary Lou [University of North Carolina Charlotte USA]</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>AI Magazine</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0738-4602</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;As generative artificial intelligence (AI) becomes increasingly integrated into society and education, more institutions are implementing AI usage policies and offering introductory AI courses. These courses, however, should not replicate the technical focus typically found in introductory computer science (CS) courses like CS1 and CS2. In this paper, we use an adjustable, interdisciplinary socio‐technical AI literacy framework to design and present an introductory AI literacy course. We present a refined version of this framework informed by the teaching of a 1‐credit general education AI literacy course (primarily for freshmen and first‐year students from various majors), a 3‐credit course for CS majors at all levels, and a summer camp for high school students. Drawing from these teaching experiences and the evolving research landscape, we propose an introductory AI literacy course design framework structured around four cross‐cutting pillars. These pillars encompass (1) understanding the scope and technical dimensions of AI technologies, (2) learning how to interact with (generative) AI technologies, (3) applying principles of critical, ethical, and responsible AI usage, and (4) analyzing implications of AI on society. We posit that achieving AI literacy is essential for all students, those pursuing AI‐related careers, and those following other educational or professional paths. This introductory course, positioned at the beginning of a program, creates a foundation for ongoing and advanced AI education. The course design approach is presented as a series of modules and subtopics under each pillar. We emphasize the importance of thoughtful instructional design, including pedagogy, expected learning outcomes, and assessment strategies. This approach not only integrates social and technical learning but also democratizes AI education across diverse student populations and equips all learners with the socio‐technical, multidisciplinary perspectives necessary to navigate and shape the ethical future of AI.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2334319</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>