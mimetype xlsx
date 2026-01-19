--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -116,51 +116,51 @@
   <si>
     <t>Bottom-up approach to making larger hydrocarbon molecules capable of optical cycling</t>
   </si>
   <si>
     <t>Lao, Guanming (ORCID:0000000232545043); Khvorost, Taras; Macias, Antonio; Morgan, Harry_W T (ORCID:0000000196478807); Lavroff, Robert H (ORCID:0000000261335766); Choi, Ryan; Zhou, Haowen (ORCID:0000000150686758); Usvyat, Denis (ORCID:0000000163519289); Zhu, Guo-Zhu (ORCID:0000000256353679); García-Garibay, Miguel A (ORCID:0000000262681943); Alexandrova, Anastassia N (ORCID:0000000230031911); Hudson, Eric R (ORCID:0000000299789202); Campbell, Wesley C (ORCID:000000031578906X)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-10-03T04:00:00Z</t>
   </si>
   <si>
     <t>Nature Chemistry</t>
   </si>
   <si>
     <t>1755-4330</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2207985</t>
+    <t>2207985; 2221453</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Nature</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>