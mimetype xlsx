--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -113,51 +113,51 @@
   <si>
     <t>https://doi.org/10.1016/j.biortech.2024.131240</t>
   </si>
   <si>
     <t>Harnessing filamentous fungi and fungal-bacterial co-culture for biological treatment and valorization of hydrothermal liquefaction aqueous phase from corn stover</t>
   </si>
   <si>
     <t>Liu, Meicen; Wang, Jiefu; Umeda, Isamu; Wang, Zhiwu; Kumar, Sandeep; Zheng, Yi</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-10-14T04:00:00Z</t>
   </si>
   <si>
     <t>Bioresource Technology</t>
   </si>
   <si>
     <t>1873-2976</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2001593</t>
+    <t>2001593; 2001625</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>