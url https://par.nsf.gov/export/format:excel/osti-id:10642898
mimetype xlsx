--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-09-01T04:00:00Z</t>
   </si>
   <si>
     <t>Acta Crystallographica Section E Crystallographic Communications</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>993 to 996</t>
   </si>
   <si>
     <t>2056-9890</t>
   </si>
   <si>
     <t>&lt;p&gt;The molecular structure of the tripodal carbamoylmethylphosphine oxide compound diethyl {[(5-[2-(diethoxyphosphoryl)acetamido]-3-{2-[2-(diethoxyphosphoryl)acetamido]ethyl}pentyl)carbamoyl]methyl}phosphonate, C&lt;sub&gt;25&lt;/sub&gt;H&lt;sub&gt;52&lt;/sub&gt;N&lt;sub&gt;3&lt;/sub&gt;O&lt;sub&gt;12&lt;/sub&gt;P&lt;sub&gt;3&lt;/sub&gt;, features six intramolecular hydrogen-bonding interactions. The phosphonate groups have key bond lengths ranging from 1.4696 (12) to 1.4729 (12) Å (P=O), 1.5681 (11) to 1.5811 (12) Å (P—O) and 1.7881 (16) to 1.7936 (16) Å (P—C). Each amide group adopts a nearly perfect&lt;italic&gt;trans&lt;/italic&gt;geometry, and the geometry around each phophorus atom resembles a slightly distorted tetrahedron.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2102576; 1725699</t>
+    <t>2102576; 1725699; 2102381</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IUCR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>