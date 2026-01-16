--- v0 (2025-11-03)
+++ v1 (2026-01-16)
@@ -116,51 +116,51 @@
   <si>
     <t>Parallel Seismic Data Processing Performance with Cloud-Based Storage</t>
   </si>
   <si>
     <t>Mohapatra, Sasmita (ORCID:0000000167652714); Yang, Weiming; Yang, Zhengtang; Wang, Chenxiao (ORCID:0009000840311782); Ma, Jinxin; Pavlis, Gary L; Wang, Yinzhi (ORCID:0000000185050223)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-08-20T04:00:00Z</t>
   </si>
   <si>
     <t>Seismological Research Letters</t>
   </si>
   <si>
     <t>0895-0695</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;This article introduces a general processing framework to effectively utilize waveform data stored on modern cloud platforms. The focus is hybrid processing schemes for which a local system drives processing. We show that downloading files and doing all processing locally is problematic even when the local system is a high-performance computing (HPC) cluster. Benchmark tests with parallel processing show that approach always creates a bottleneck as the volume of data being handled increases with more processes pulling data. We find a hybrid model for which processing to reduce the volume of data transferred from the cloud servers to the local system can dramatically improve processing time. Tests implemented with the Massively Parallel Analysis System for Seismology (MsPASS) utilizing Amazon Web Service’s (AWS) Lambda service yield throughput comparable to processing day files on a local HPC file system. Given the ongoing migration of seismology data to cloud storage, our results show doing some or all processing on the cloud will be essential for any processing involving large volumes of data.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2103494</t>
+    <t>2103494; 1931439</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Seismological Society of America</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>