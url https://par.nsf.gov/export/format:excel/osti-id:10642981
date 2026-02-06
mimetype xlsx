--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10642981</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>ZipLLM: Efficient LLM Storage via Model-Aware Synergistic Data Deduplication and Compression</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Zirui; Lan, Tingfeng; Su, Zhaoyuan; Yang, Juncheng; Cheng, Yue</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2026-05-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Modern model hubs, such as Hugging Face, store tens of petabytes of LLMs, with fine-tuned variants vastly outnumbering base models and dominating storage consumption. Existing storage reduction techniques---such as deduplication and compression---are either LLM-oblivious or not compatible with each other, limiting data reduction effectiveness.
+Our large-scale characterization study across all publicly available Hugging Face LLM repositories reveals several key insights: (1) fine-tuned models within the same family exhibit highly structured, sparse parameter differences suitable for delta compression; (2) bitwise similarity enables LLM family clustering; and (3) tensor-level deduplication is better aligned with model storage workloads, achieving high data reduction with low metadata overhead. Building on these insights, we design BitX, an effective, fast, lossless delta compression algorithm that compresses XORed difference between fine-tuned and base LLMs. We build ZipLLM, a model storage reduction pipeline that unifies tensor-level deduplication and lossless BitX compression. By synergizing deduplication and compression around LLM family clustering, ZipLLM reduces model storage consumption by 54%, over 20% higher than state-of-the-art deduplication and compression approaches.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2403313; 2411009; 2322860</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>23rd USENIX USENIX Symposium on Networked Systems Design and Implementation (NSDI '26)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>