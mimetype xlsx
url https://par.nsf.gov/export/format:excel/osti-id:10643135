--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-07-01T04:00:00Z</t>
   </si>
   <si>
     <t>Plant Physiology</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>0032-0889</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2132693</t>
+    <t>2132693; 2224203; 2224205</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Oxford Academic</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>