--- v0 (2025-10-31)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,105 +86,97 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10643224</t>
-[...8 lines deleted...]
-    <t>Mazor, Noam; Pass, Rafael</t>
+    <t>10446052</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/adma.202102988</t>
+  </si>
+  <si>
+    <t>High‐Efficiency Ion‐Exchange Doping of Conducting Polymers</t>
+  </si>
+  <si>
+    <t>Jacobs, Ian_E [Optoelectronics Group, Cavendish Laboratory University of Cambridge  J J Thomson Avenue Cambridge CB3 0HE UK]; Lin, Yue [Optoelectronics Group, Cavendish Laboratory University of Cambridge  J J Thomson Avenue Cambridge CB3 0HE UK]; Huang, Yuxuan [Optoelectronics Group, Cavendish Laboratory University of Cambridge  J J Thomson Avenue Cambridge CB3 0HE UK]; Ren, Xinglong [Optoelectronics Group, Cavendish Laboratory University of Cambridge  J J Thomson Avenue Cambridge CB3 0HE UK]; Simatos, Dimitrios [Optoelectronics Group, Cavendish Laboratory University of Cambridge  J J Thomson Avenue Cambridge CB3 0HE UK, Department of Chemistry University of Cambridge  Lensfield Road Cambridge CB2 1EW UK]; Chen, Chen [Optoelectronics Group, Cavendish Laboratory University of Cambridge  J J Thomson Avenue Cambridge CB3 0HE UK]; Tjhe, Dion [Optoelectronics Group, Cavendish Laboratory University of Cambridge  J J Thomson Avenue Cambridge CB3 0HE UK]; Statz, Martin [Optoelectronics Group, Cavendish Laboratory University of Cambridge  J J Thomson Avenue Cambridge CB3 0HE UK]; Lai, Lianglun [Optoelectronics Group, Cavendish Laboratory University of Cambridge  J J Thomson Avenue Cambridge CB3 0HE UK]; Finn, Peter_A [School of Biological and Chemical Sciences Queen Mary University of London  Mile End Road London E1 4NS UK]; Neal, William_G [School of Biological and Chemical Sciences Queen Mary University of London  Mile End Road London E1 4NS UK]; D'Avino, Gabriele [Grenoble Alpes University, CNRS, Grenoble INP Institut Néel  25 rue des Martyrs Grenoble 38042 France]; Lemaur, Vincent [Laboratory for Chemistry of Novel Materials University of Mons  Mons B‐7000 Belgium]; Fratini, Simone [Grenoble Alpes University, CNRS, Grenoble INP Institut Néel  25 rue des Martyrs Grenoble 38042 France]; Beljonne, David [Laboratory for Chemistry of Novel Materials University of Mons  Mons B‐7000 Belgium]; Strzalka, Joseph [X‐Ray Science Division Argonne National Laboratory  Lemont IL 60439 USA]; Nielsen, Christian_B [School of Biological and Chemical Sciences Queen Mary University of London  Mile End Road London E1 4NS UK]; Barlow, Stephen [School of Chemistry and Biochemistry and Center for Organic Photonics and Electronics Georgia Institute of Technology  Atlanta GA 30332 USA]; Marder, Seth_R [School of Chemistry and Biochemistry and Center for Organic Photonics and Electronics Georgia Institute of Technology  Atlanta GA 30332 USA]; McCulloch, Iain [KAUST Solar Center King Abdullah University of Science and Technology (KAUST)  Thuwal 23955 Saudi Arabia, Department of Chemistry University of Oxford  12 Mansfield Road Oxford OX1 3TA UK]; Sirringhaus, Henning [Optoelectronics Group, Cavendish Laboratory University of Cambridge  J J Thomson Avenue Cambridge CB3 0HE UK] (ORCID:0000000198276061)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Santhanam, Rahul</t>
-[...14 lines deleted...]
-    <t>{"Abstract":["A long-standing open problem dating back to the 1960s is whether there exists a search-to-decision reduction for the time-bounded Kolmogorov complexity problem - that is, the problem of determining whether the length of the shortest time-t program generating a given string x is at most s.\r\nIn this work, we consider the more &amp;#34;robust&amp;#34; version of the time-bounded Kolmogorov complexity problem, referred to as the GapMINKT problem, where given a size bound s and a running time bound t, the goal is to determine whether there exists a poly(t,|x|)-time program of length s&amp;#43;O(log |x|) that generates x. We present the first non-trivial search-to-decision reduction R for the GapMINKT problem; R has a running-time bound of 2^{ε n} for any ε &amp;gt; 0 and additionally only queries its oracle on &amp;#34;thresholds&amp;#34; s of size s&amp;#43;O(log |x|). As such, we get that any algorithm with running-time (resp. circuit size) 2^{α s} poly(|x|,t,s) for solving GapMINKT (given an instance (x,t,s), yields an algorithm for finding a witness with running-time (resp. circuit size) 2^{(α&amp;#43;ε) s} poly(|x|,t,s).\r\nOur second result is a polynomial-time search-to-decision reduction for the time-bounded Kolmogorov complexity problem in the average-case regime. Such a reduction was recently shown by Liu and Pass (FOCS&amp;#39;20), heavily relying on cryptographic techniques. Our reduction is more direct and additionally has the advantage of being length-preserving, and as such also applies in the exponential time/size regime.\r\nA central component in both of these results is the use of Kolmogorov and Levin’s Symmetry of Information Theorem."]}</t>
+    <t>2021-08-21T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Advanced Materials</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>0935-9648</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;Molecular doping—the use of redox‐active small molecules as dopants for organic semiconductors—has seen a surge in research interest driven by emerging applications in sensing, bioelectronics, and thermoelectrics. However, molecular doping carries with it several intrinsic problems stemming directly from the redox‐active character of these materials. A recent breakthrough was a doping technique based on ion‐exchange, which separates the redox and charge compensation steps of the doping process. Here, the equilibrium and kinetics of ion exchange doping in a model system, poly(2,5‐bis(3‐alkylthiophen‐2‐yl)thieno(3,2‐b)thiophene) (PBTTT) doped with FeCl&lt;sub&gt;3&lt;/sub&gt;and an ionic liquid, is studied, reaching conductivities in excess of 1000 S cm&lt;sup&gt;−1&lt;/sup&gt;and ion exchange efficiencies above 99%. Several factors that enable such high performance, including the choice of acetonitrile as the doping solvent, which largely eliminates electrolyte association effects and dramatically increases the doping strength of FeCl&lt;sub&gt;3&lt;/sub&gt;, are demonstrated. In this high ion exchange efficiency regime, a simple connection between electrochemical doping and ion exchange is illustrated, and it is shown that the performance and stability of highly doped PBTTT is ultimately limited by intrinsically poor stability at high redox potential.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2149305</t>
-[...17 lines deleted...]
-    <t>Schloss Dagstuhl – Leibniz-Zentrum für Informatik</t>
+    <t>1729737</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -297,93 +289,93 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="H2" s="0"/>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" s="0"/>
-      <c r="K2" t="s" s="0">
+      <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
+      <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U2" s="0"/>
+      <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="T2" t="s" s="0">
+      <c r="W2" t="s" s="0">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>44</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>