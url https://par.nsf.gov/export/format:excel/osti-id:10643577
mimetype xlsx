--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,181 +65,309 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10643577</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18260/1-2--56526</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exploring the Cognitive Complexity of K-12 CS Standards (Fundamental)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Smith, Julie [Institute for Advancing Computing Education] (ORCID:0000000323472070); Koressel, Jacob; De_Jesus, Sofia [Carnegie Mellon University]; Kmoch, Joseph; Twarek, Bryan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Introduction: State and national learning standards play an important role in articulating and standardizing K-12 computer science education. However, these standards have not been extensively researched, especially in terms of their cognitive complexity. Analyses of cognitive complexity, accomplished via comparison of standards to a taxonomy of learning, can provide an important data point for understanding the prevalence of higher-order versus lower-order thinking skills in a set of standards.
+Objective: The objective of this study is to answer the research question: How do state and national K-12 computer science standards compare in terms of their cognitive complexity?
+Methods: We used Bloom’s Revised Taxonomy in order to assess the cognitive complexity of a dataset consisting of state (n = 9695) computer science standards and the 2017 Computer Science Teachers Association (CSTA) standards (n = 120). To enable a quantitative comparison of the standards, we assigned numbers to the Bloom’s levels.
+Results: The CSTA standards had a higher average level of cognitive complexity than most states’ standards. States were more likely to have standards at the lowest Bloom’s level than the CSTA standards. There was wide variety of cognitive complexity by state and, within a state, there was variation by grade band. For the states, standards at the evaluate level were least common; in the CSTA standards, the remember level was least common.
+Discussion: While there are legitimate critiques of Bloom’s Revised Taxonomy, it may nonetheless be a useful tool for assessing learning standards, especially comparatively. Our results point to differences between and within state and national standards. Recognition of these differences and their implications can be leveraged by future standards writers, curriculum developers, and computing education researchers to craft standards that best meet the needs of all learners.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2311746</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ASEE Conferences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>