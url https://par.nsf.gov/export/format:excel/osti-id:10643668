--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -125,51 +125,51 @@
   <si>
     <t>Hesler, Louis</t>
   </si>
   <si>
     <t>2025-05-01T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Insect Science</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>1536-2442</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Insects are declining in abundance and species richness, globally. This has broad implications for the ecology of our planet, many of which we are only beginning to understand. Comprehensive, large-scale efforts are urgently needed to quantify and mitigate insect biodiversity loss. Because there is broad interest in this topic from a range of scientists, policymakers, and the general public, we posit that such endeavors will be most effective with precise and standardized terms. The Entomological Society of America is the world’s largest association of professional entomologists and is ideally positioned to lead the way on this front. We provide here a glossary of definitions for biodiversity loss terminology. This can be used to enhance and clarify communication among entomologists and others with an interest in addressing the multiple overlapping research, policy, and outreach challenges surrounding this urgent issue.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2026772</t>
+    <t>2026772; 2102006</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>