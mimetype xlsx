--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10643893</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1177/10711813251358807</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Pupil Dilation as an Indicator of Debugging Strategy in a Location-Based AR Learning Environment</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mostowfi, Sara; Kim, Jung Hyup; Mohanty, Siddarth; Wang, Fang; Oprean, Danielle; Wang, Yi; Seo, Kangwon</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Human Factors and Ergonomics Society Annual Meeting</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1071-1813</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Debugging process plays a crucial role in helping students pinpoint their specific learning weaknesses, allowing them to modify their strategies for enhanced academic performance. Notably, changes in pupil dilation serve as an indicator of arousal associated with confronting learning challenges. This physiological response acts as a “physiological footprint” that reflects cognitive engagement, facilitating internally focused cognitive processes such as insight generation and mind-wandering. In this study, we proposed that pupil dilation could be a valuable predictor of students’ metacognitive awareness throughout the debugging process, specifically within an augmented reality (AR) learning environment. The findings revealed significant differences in pupil dilation among students categorized by their varying levels of debugging, which represents a specific dimension of the Metacognitive Awareness Inventory.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2202108</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Sage Journals</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>