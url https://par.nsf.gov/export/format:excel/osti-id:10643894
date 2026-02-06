--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10643894</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1177/10711813251358793</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Measuring Mental Demand Using Pupil Dilation in an Augmented Reality Environment</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mohanty, Siddarth [University of Missouri, Columbia, USA]; Kim, Jung Hyup [University of Missouri, Columbia, USA]; Mostowfi, Sara [University of Missouri, Columbia, USA]; Wang, Fang [University of Missouri, Columbia, USA]; Oprean, Danielle [University of Missouri, Columbia, USA]; Seo, Kangwon [University of Missouri, Columbia, USA]; Wang, Yi [University of Missouri, Columbia, USA]</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Human Factors and Ergonomics Society Annual Meeting</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1071-1813</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This study investigates the method for measuring cognitive workload in augmented reality-based biomechanics lectures by analyzing pupil dilation. Using Dikablis Glasses 3 and Microsoft HoloLens, we recorded physiological and subjective data across learning and problem-solving phases. Pupil dilation was normalized and segmented, enabling a comparison of cognitive demands between phases. The results indicated significant correlations between pupil dilation and NASA TLX cognitive demand, particularly in lectures that primarily involved procedural knowledge. These findings suggest that instructional design and content complexity have a significant impact on cognitive load, providing valuable insights for optimizing AR-based learning environments to support cognitive efficiency and student engagement.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2202108</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Sage Journals</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>