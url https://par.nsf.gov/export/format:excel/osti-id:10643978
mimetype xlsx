--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10643978</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.22318/icls2025.200377</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Designing for Discourse: Enacting Responsive Teaching through Code Reflections in a Computational Modeling Unit</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wagh, Aditi; Rosenbaum, Leah F; Eloy, Adelmo; Fuhrmann, Tamar; Henrique, Brendan; Blikstein, Paulo; Wilkerson, Michelle H</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Rajala, A; Cortez, A; Hofmann, R; Jornet, A; Lotz-Sisitka, H; Markauskaite, L</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>377 to 385</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Not AvailableAn emerging body of work in the learning sciences has examined how computational models can support teachers in responding to students' prompts, inquiry, and ideas. This work has highlighted how teachers make discursive moves in relation to computational models to support classroom discussion. In this paper, we focus on a complementary phenomenon: teachers' design of code reflections, or curricular modifications that deepen students' engagement with one another's code for scientific and computational sensemaking. We highlight how these code reflections advanced student discourse and how both the code reflections and discourse became more sophisticated over time, shifting towards making connections across code, behaviors, simulation outcomes, data and the scientific process being represented. We reflect on how this progression was driven by shifts in the teachers’ comfort with code and computational modeling and the resources designers can offer to educators to support the development of code reflections.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2010413</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Society of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>