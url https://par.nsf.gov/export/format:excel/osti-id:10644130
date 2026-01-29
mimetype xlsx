--- v0 (2025-10-31)
+++ v1 (2026-01-29)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10644130</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/anie.202514545</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Changing Self‐Assembly Through Degradation: Phenyl Vinyl Ketone Polymer Nanoparticles Under Light</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Weerasinghe, M_A_Sachini N [Department of Chemistry and Biochemistry Miami University  651 E High St Oxford OH 45056 USA]; McBeth, Parker Anthony [Department of Chemistry and Biochemistry Miami University  651 E High St Oxford OH 45056 USA]; Mancini, Michelle C [Department of Chemistry and Biochemistry Miami University  651 E High St Oxford OH 45056 USA]; Konkolewicz, Dominik [Department of Chemistry and Biochemistry Miami University  651 E High St Oxford OH 45056 USA] (ORCID:0000000238285481)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-08T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Angewandte Chemie International Edition</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1433-7851</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Photodegradable nanoparticles with sphere, worm, and vesicle morphologies were synthesized following polymerization induced self‐assembly (PISA), incorporating a photoresponsive phenyl vinyl ketone (PVK) block and a nonphoto responsive 2‐hydroxypropyl methacrylamide (HPMA) block. The photodegradation of nanoparticles under UV revealed that the initial shapes of sphere and vesicle particles are retained even until 7 h and after 24 h of photo‐induced degradation, respectively, despite a significant reduction in molecular weight (&lt;italic&gt;M&lt;sub&gt;n&lt;/sub&gt;&lt;/italic&gt;). This could be due to the assembly of degraded PVK fragments in the hydrophobic region, maintaining the relative hydrophilic to hydrophobic ratio. However, worm nanoparticles exhibited a fast morphology reversal after 2 min of degradation, yielding sphere nanoparticles. Therefore, photo responsive PVK nanoparticles with morphology and conversion‐dependent degradation behavior were explored. Furthermore, undegraded and degraded nanoparticle coatings exhibited different surface properties, determined by contact angle measurements, with both morphology and degradation impacting the surface properties. Finally, the PVK nanoparticles could encapsulate molecules and release them upon degradation. Therefore, this study can ultimately be applied to numerous fields due to the potential uses of degradable polymers in various material systems, especially for the controlled release of agrochemicals, cleaning agents, or antifungal agents, as well as to enable surface modifications upon degradation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2203727</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>