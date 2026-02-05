--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,190 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...138 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -204,191 +65,314 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10644262</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1177/10554181241301888</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Recognizing facially expressed emotions in videos of people with visual impairments in online settings</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kim, Hyung Nam [North Carolina Agricultural and Technical State University, Greensboro, NC, USA]</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Technology and Disability</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>199 to 208</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1055-4181</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>BACKGROUND
+Facial expressions are critical for conveying emotions and facilitating social interaction. Yet, little is known about how accurately sighted individuals recognize emotions facially expressed by people with visual impairments in online communication settings.
+OBJECTIVE
+This study aimed to investigate sighted individuals’ ability to understand facial expressions of six basic emotions in people with visual impairments during Zoom calls. It also aimed to examine whether education on facial expressions specific to people with visual impairments would improve emotion recognition accuracy.
+METHODS
+Sighted participants viewed video clips of individuals with visual impairments displaying facial expressions. They then identified the emotions displayed. Next, they received an educational session on facial expressions specific to people with visual impairments, addressing unique characteristics and potential misinterpretations. After education, participants viewed another set of video clips and again identified the emotions displayed.
+RESULTS
+Before education, participants frequently misidentified emotions. After education, their accuracy in recognizing emotions improved significantly.
+CONCLUSIONS
+This study provides evidence that education on facial expressions of people with visual impairments can significantly enhance sighted individuals’ ability to accurately recognize emotions in online settings. This improved accuracy has the potential to foster more inclusive and effective online interactions between people with and without visual disabilities.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1831969</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOS Press</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>