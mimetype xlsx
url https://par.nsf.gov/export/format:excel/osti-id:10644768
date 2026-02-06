--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10644768</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3698061.3726925</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Bringing LuminAI to Life: Studying Dancers’ Perceptions of a Co-Creative AI in Dance Improvisation Class</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kaur, Jasmine (ORCID:0000000175594243); Trajkova, Milka (ORCID:000000023694763X); Knowlton, Andrea (ORCID:0009000844431036); Magerko, Brian (ORCID:0000000319004020)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>859 to 871</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Not AvailableThe intersection of dance and artificial intelligence presents fertile ground for exploring human-machine interaction, co-creation, and embodied expression. This paper reports on a seven month four-phase collaboration with fifteen dancers from a university dance department, encompassing a preliminary study, redesign of LuminAI-a co-creative AI dance partner-, a contextual diary study, and a culminating public performance. Thematic analysis of responses revealed LuminAI’s impact on dancers’ perceptions, improvisational practices, and creative exploration. By blending human and AI interactions, LuminAI influenced dancers’ practices by pushing them to explore the unexpected, fostering deeper self-awareness, and enabling novel choreographic pathways. The experience reshaped their creative sub processes, enhancing their spatial awareness, movement vocabulary, and openness to experimentation. Our contributions underscore the potential of AI to not only augment dancers’ immediate improvisational capabilities but also to catalyze broader transformations in their creative processes, paving the way for future systems that inspire and amplify human creativity.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2123563</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>