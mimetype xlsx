--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10644773</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1128/spectrum.01064-25</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The biocontrol potential of endophyte &lt;i&gt;Bacillus velezensis&lt;/i&gt; to reduce post-harvest tomato infection caused by &lt;i&gt;Rhizopus microsporus&lt;/i&gt;</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kock, Alicia (ORCID:0000000221717882); Napo, Mmanoko (ORCID:0000000178387071); Viviers, Dionné; Akinmoladun, Oluwakemi V; Alayande, Kazeem A; Yusuf, Abdullahi; Uehling, Jessie; Pawlowska, Teresa E (ORCID:0000000210942427); Adeleke, Rasheed A (ORCID:000000028974422X)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Hockett, Kevin Loren</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Microbiology Spectrum</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2165-0497</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;sec&gt;&lt;p&gt;&lt;italic toggle='yes'&gt;Rhizopus microsporus&lt;/italic&gt;is a necrotrophic post-harvest pathogen that causes significant economic losses in the agricultural sector. To explore alternatives to conventional management strategies for the mitigation of post-harvest infections, we investigated the potential of two previously identified endophytic&lt;italic toggle='yes'&gt;Bacillus velezensis&lt;/italic&gt;strains as biological control agents. Through&lt;italic toggle='yes'&gt;in vitro&lt;/italic&gt;and&lt;italic toggle='yes'&gt;in vivo&lt;/italic&gt;experiments, we examined the mechanisms of biocontrol displayed by two&lt;italic toggle='yes'&gt;B. velezensis&lt;/italic&gt;strains (KV10 and KV15) against three&lt;italic toggle='yes'&gt;R. microsporus&lt;/italic&gt;strains (W2-50, W2-51, and W2-58).&lt;italic toggle='yes'&gt;In vitro&lt;/italic&gt;assays assessed co-cultivability and the inhibitory effects of&lt;italic toggle='yes'&gt;B. velezensis&lt;/italic&gt;against&lt;italic toggle='yes'&gt;R. microsporus&lt;/italic&gt;. The results demonstrated strain-specific antifungal activity with a reduction in fungal growth across treatments. Further analysis revealed that volatile organic compounds produced by&lt;italic toggle='yes'&gt;B. velezensis&lt;/italic&gt;contributed to its antifungal properties. To evaluate the biocontrol efficacy&lt;italic toggle='yes'&gt;in vivo&lt;/italic&gt;, tomato fruits were inoculated with&lt;italic toggle='yes'&gt;R. microsporus&lt;/italic&gt;and subsequently treated with&lt;italic toggle='yes'&gt;B. velezensis&lt;/italic&gt;. The results support the strain-specific reduction in tomato spoilage, yielding various spoilage rates observed across treatments. Our findings highlight the potential of&lt;italic toggle='yes'&gt;B. velezensis&lt;/italic&gt;as a promising biocontrol agent for the management of&lt;italic toggle='yes'&gt;R. microsporus&lt;/italic&gt;post-harvest infections in tomatoes. Further research is warranted to optimize the application&lt;italic toggle='yes'&gt;of B. velezensis&lt;/italic&gt;as a sustainable and environmentally friendly approach for controlling post-harvest diseases in tomatoes.&lt;/p&gt;&lt;sec&gt;&lt;title&gt;IMPORTANCE&lt;/title&gt;&lt;p&gt;Our study shows the significance of improving sustainable agriculture by offering an alternative to the use of chemical fungicides in post-harvest applications. Opportunistic fungal pathogens like&lt;italic toggle='yes'&gt;Rhizopus microsporus&lt;/italic&gt;can have detrimental effects on post-harvest commodities like tomatoes. Post-harvest fungal infections are mainly controlled by chemical fungicides that pose health risks to humans and the environment. Utilizing biocontrol agents provides an environmentally safe alternative. Understanding the mechanisms of biocontrol employed by beneficial bacteria like&lt;italic toggle='yes'&gt;Bacillus velezensis&lt;/italic&gt;on fungal pathogens gives insight into safer, more environmentally friendly alternatives to protect food crops. Our results suggest that targeted microbial solutions can mitigate post-harvest losses.&lt;/p&gt;&lt;/sec&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2030338</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Society for Microbiology</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>