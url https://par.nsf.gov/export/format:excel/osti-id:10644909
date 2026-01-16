--- v0 (2025-10-31)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,67 +105,76 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10644909</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/bjet.13596</t>
   </si>
   <si>
     <t>&lt;scp&gt;NLP&lt;/scp&gt; ‐enabled automated assessment of scientific explanations: Towards eliminating linguistic discrimination</t>
   </si>
   <si>
     <t>Kim, ChanMin [Learning, Design, and Technology The Pennsylvania State University  University Park Pennsylvania USA] (ORCID:0000000193838846); Passonneau, Rebecca_J [Computer Science and Engineering The Pennsylvania State University  University Park Pennsylvania USA]; Lee, Eunseo [Educational Psychology The Pennsylvania State University  University Park Pennsylvania USA] (ORCID:0000000329483328); Sheikhi_Karizaki, Mahsa [Computer Science and Engineering The Pennsylvania State University  University Park Pennsylvania USA] (ORCID:0009000131670950); Gnesdilow, Dana [Interactive Learning and Design Lab The University of Wisconsin  Madison Wisconsin USA] (ORCID:0000000189776187); Puntambekar, Sadhana [Interactive Learning and Design Lab The University of Wisconsin  Madison Wisconsin USA, Educational Psychology The University of Wisconsin  Madison Wisconsin USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-24T04:00:00Z</t>
   </si>
   <si>
     <t>British Journal of Educational Technology</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>1</t>
   </si>
   <si>
     <t>0007-1013</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;sec&gt;&lt;label/&gt;&lt;p&gt;As use of artificial intelligence (AI) has increased, concerns about AI bias and discrimination have been growing. This paper discusses an application called PyrEval in which natural language processing (NLP) was used to automate assessment and provide feedback on middle school science writing without linguistic discrimination. Linguistic discrimination in this study was operationalized as unfair assessment of scientific essays based on writing features that are not considered normative such as subject‐verb disagreement. Such unfair assessment is especially problematic when the purpose of assessment is not assessing English writing but rather assessing the content of scientific explanations. PyrEval was implemented in middle school science classrooms. Students explained their roller coaster design by stating relationships among such science concepts as potential energy, kinetic energy and law of conservation of energy. Initial and revised versions of scientific essays written by 307 eighth‐grade students were analyzed. Our manual and NLP assessment comparison analysis showed that PyrEval did not penalize student essays that contained non‐normative writing features. Repeated measures ANOVAs and GLMM analysis results revealed that essay quality significantly improved from initial to revised essays after receiving the NLP feedback, regardless of non‐normative writing features. Findings and implications are discussed.&lt;/p&gt;&lt;/sec&gt;
  &lt;sec&gt;&lt;label/&gt;&lt;p&gt;&lt;boxed-text content-type='box' position='anchor'&gt;&lt;caption&gt;&lt;title&gt;Practitioner notes&lt;/title&gt;&lt;/caption&gt;&lt;p&gt;What is already known about this topic&lt;list list-type='bullet'&gt;&lt;list-item&gt;&lt;p&gt;Advancement in AI has created a variety of opportunities in education, including automated assessment, but AI is not bias‐free.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Automated writing assessment designed to improve students' scientific explanations has been studied.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;While limited, some studies reported biased performance of automated writing assessment tools, but without looking into actual linguistic features about which the tools may have discriminated.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;&lt;p&gt;What this paper adds&lt;list list-type='bullet'&gt;&lt;list-item&gt;&lt;p&gt;This study conducted an actual examination of non‐normative linguistic features in essays written by middle school students to uncover how our NLP tool called PyrEval worked to assess them.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;PyrEval did not penalize essays containing non‐normative linguistic features.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Regardless of non‐normative linguistic features, students' essay quality scores significantly improved from initial to revised essays after receiving feedback from PyrEval. Essay quality improvement was observed regardless of students' prior knowledge, school district and teacher variables.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;&lt;p&gt;Implications for practice and/or policy&lt;list list-type='bullet'&gt;&lt;list-item&gt;&lt;p&gt;This paper inspires practitioners to attend to linguistic discrimination (re)produced by AI.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;This paper offers possibilities of using PyrEval as a reflection tool, to which human assessors compare their assessment and discover implicit bias against non‐normative linguistic features.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;PyrEval is available for use on&lt;ext-link href='https://github.com/psunlpgroup/PyrEvalv2'&gt;github.com/psunlpgroup/PyrEvalv2&lt;/ext-link&gt;.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;&lt;/boxed-text&gt;&lt;/p&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2010351</t>
   </si>
   <si>
     <t>2025</t>
+  </si>
+  <si>
+    <t>p. 79-111</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -292,81 +301,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>