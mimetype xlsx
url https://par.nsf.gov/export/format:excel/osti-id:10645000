--- v0 (2025-10-31)
+++ v1 (2026-01-21)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-10-20T04:00:00Z</t>
   </si>
   <si>
     <t>ARCTIC</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0004-0843</t>
   </si>
   <si>
     <t>&lt;p&gt;The Arctic is experiencing warming and ecological shifts due to climate change and the compounding effects of polar amplification. Arctic Alaskan coastal marsh environments, such as the Cape Espenberg barrier beach system, offer an opportunity to determine the carbon cycle response to changing climate by examining sediment records that have been preserved through time as shoreline-parallel, linear geometry prograding geomorphic features. This study determines the carbon and mineral accumulation trends in marsh environments at Cape Espenberg for both paleo (~776 CE to 1850 CE) and modern (post-1850 CE) time frames. A comprehensive physical and chemical dataset, including radioisotope (137Cs, 210Pb, 14C), stable isotope (δ13C), element concentration (%C, %N, C:N), and dry bulk density, has been built for several sediment cores. Results indicate that carbon and mineral accumulation rates have increased from paleo to modern times, potentially because of better growing and preservation conditions for organic matter in a modern climate. Paleoclimate trends in the Medieval Climate Anomaly (MCA) and warm periods interspersed within the Little Ice Age (LIA) also correlate with greater contributions of wetland organic matter, as evidenced by lighter δ13C values. Cold climate periods within the LIA correlate with increased aquatic organic matter sourcing and heavier δ13C values, with some spikes of wetland sources interspersed throughout the LIA. Future temperatures are predicted to rise with global climate change, which may continue to expand carbon stores in Arctic coastal wetland sediments. This has been observed in the swale environments at Cape Espenberg, where increasingly favourable growing and soil-preservation conditions (i.e. wet/anoxic soils and lower salinity to limit organic material decay, higher temperatures to promote growth) are increasing the carbon storage within Arctic coastal carbon reservoirs.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1927553</t>
+    <t>1927553; 1848542; 2318375</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Arctic</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>