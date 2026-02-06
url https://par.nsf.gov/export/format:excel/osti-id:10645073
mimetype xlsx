--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10645073</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adc7b5</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Unveiling the Cosmic Chemistry. II. “Direct” &lt;i&gt;T&lt;/i&gt; &lt;sub&gt;&lt;i&gt;e&lt;/i&gt;&lt;/sub&gt; -based Metallicity of Galaxies at 3 &lt; &lt;i&gt;z&lt;/i&gt; &lt; 10 with JWST/NIRSpec</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chakraborty, Priyanka (ORCID:0000000244692518); Sarkar, Arnab (ORCID:0000000252221337); Smith, Randall (ORCID:0000000342844167); Ferland, Gary J (ORCID:0000000345036333); McDonald, Michael (ORCID:0000000152268349); Forman, William (ORCID:0000000294781682); Vogelsberger, Mark (ORCID:0000000185937692); Torrey, Paul (ORCID:0000000256530786); Garcia, Alex M (ORCID:0000000281119884); Bautz, Mark (ORCID:0000000213794482); Foster, Adam (ORCID:0000000334628886); Miller, Eric (ORCID:0000000230312326); Grant, Catherine (ORCID:0000000247371373)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>985</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We report the detection of the [O&lt;sc&gt;iii&lt;/sc&gt;] auroral line in 42 galaxies within the redshift range of 3 &lt;&lt;italic&gt;z&lt;/italic&gt;&lt; 10. These galaxies were selected from publicly available JWST data releases, including the JADES and PRIMAL surveys, and observed using both the low-resolution PRISM/CLEAR configuration and medium-resolution gratings. The measured electron temperatures in the high-ionization regions of these galaxies range from&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;e&lt;/italic&gt;&lt;/sub&gt;([O&lt;sc&gt;iii&lt;/sc&gt;]) = 12,000 to 24,000 K, consistent with temperatures observed in local metal-poor galaxies and previous JWST studies. In 10 galaxies, we also detect the [O&lt;sc&gt;ii&lt;/sc&gt;] auroral line, allowing us to determine electron temperatures in the low-ionization regions, which range between&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;e&lt;/italic&gt;&lt;/sub&gt;([O&lt;sc&gt;ii&lt;/sc&gt;]) = 10,830 and 20,000 K. The direct&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;e&lt;/italic&gt;&lt;/sub&gt;-based metallicities of our sample span from 12 + log(O/H) = 7.2 to 8.4, indicating these high-redshift galaxies are relatively metal-poor. By combining our sample with 25 galaxies from the literature, we expand the data set to a total of 67 galaxies within 3 &lt;&lt;italic&gt;z&lt;/italic&gt;&lt; 10, effectively more than doubling the previous sample size for direct&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;e&lt;/italic&gt;&lt;/sub&gt;&lt;italic&gt;-&lt;/italic&gt;based metallicity studies. This larger data set allows us to derive empirical metallicity calibration relations based exclusively on high-redshift galaxies, using six key line ratios: R3, R2, R23, Ne3O2, O32, and O3N2. Notably, we derive a novel metallicity calibration relation for the first time using high-redshift&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;e&lt;/italic&gt;&lt;/sub&gt;-based metallicities:&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mover accent='true'&gt;&lt;mrow&gt;&lt;mi&gt;R&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;ˆ&lt;/mo&gt;&lt;/mrow&gt;&lt;/mover&gt;&lt;/math&gt;&lt;/inline-formula&gt;= 0.18log R2 + 0.98log R3. This new calibration significantly reduces the scatter in high-redshift galaxies compared to the&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mover accent='true'&gt;&lt;mrow&gt;&lt;mi&gt;R&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;ˆ&lt;/mo&gt;&lt;/mrow&gt;&lt;/mover&gt;&lt;/math&gt;&lt;/inline-formula&gt;relation previously calibrated for low-redshift galaxies.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2346977</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>