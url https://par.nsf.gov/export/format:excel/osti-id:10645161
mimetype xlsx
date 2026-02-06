--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10645161</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1115/1.4065888</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Bridging Data Gaps: A Federated Learning Approach to Heat Emission Prediction in Laser Powder Bed Fusion</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lei, Rong; Guo, Y B; Yan, Jiwang; Guo, Weihong “Grace”</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Manufacturing Science and Engineering</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>146</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1087-1357</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Deep learning has impacted defect prediction in additive manufacturing (AM), which is important to ensure process stability and part quality. However, its success depends on extensive training, requiring large, homogeneous datasets—remaining a challenge for the AM industry, particularly for small- and medium-sized enterprises (SMEs). The unique and varied characteristics of AM parts, along with the limited resources of SMEs, hamper data collection, posing difficulties in the independent training of deep learning models. Addressing these concerns requires enabling knowledge sharing from the similarities in the physics of the AM process and defect formation mechanisms while carefully handling privacy concerns. Federated learning (FL) offers a solution to allow collaborative model training across multiple entities without sharing local data. This article introduces an FL framework to predict section-wise heat emission during laser powder bed fusion (LPBF), a vital process signature. It incorporates a customized long short-term memory (LSTM) model for each client, capturing the dynamic AM process's time-series properties without sharing sensitive information. Three advanced FL algorithms are integrated—federated averaging (FedAvg), FedProx, and FedAvgM—to aggregate model weights rather than raw datasets. Experiments demonstrate that the FL framework ensures convergence and maintains prediction performance comparable to individually trained models. This work demonstrates the potential of FL-enabled AM modeling and prediction where SMEs can improve their product quality without compromising data privacy.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2152908; 2328260</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ASME</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>