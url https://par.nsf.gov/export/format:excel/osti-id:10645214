--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -92,51 +92,51 @@
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10645214</t>
   </si>
   <si>
     <t>https://doi.org/10.1137/1.9781611978322.127</t>
   </si>
   <si>
-    <t>Competitive strategies to use “warm start” algorithms with predictions</t>
+    <t>Competitive strategies to use "warm start" algorithms with predictions</t>
   </si>
   <si>
     <t>Blum, Avrim [Toyota Technological Institute at Chicago. Supported in part by the National Science Foundation under grants CCF-2212968 and ECCS-2216899.]; Srinivas, Vaidehi [Northwestern University. Supported by the National Science Foundation (NSF) under grants EECS-2216970 and CCF-2154100, and the Northwestern Presidential Fellowship. Part of this work was done while V.S. was visiting TTIC (Toyota Technological Institute at Chicago), as part of the IDEAL (Institute for Data, Econometrics, Algorithms, and Learning) summer exchange program.]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>3775 to 3801</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2212968; 2216899</t>
   </si>
   <si>
     <t>2025</t>
   </si>