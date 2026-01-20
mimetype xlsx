--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -95,91 +95,91 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10645356</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/cdev.14123</t>
   </si>
   <si>
     <t>Children and adolescents rectify unequal allocations of leadership duties in the classroom</t>
   </si>
   <si>
-    <t>Killen, Melanie [University of Maryland  College Park Maryland USA] (ORCID:0000000263929373); Burkholder, Amanda_R [Furman University  Greenville South Carolina USA] (ORCID:0000000246671681); Brey, Elizabeth [Education Northwest  Oregon USA] (ORCID:0000000179814047); Cooper, Dylan [University of Maryland  College Park Maryland USA]; Pauker, Kristin [University of Hawai'i at Manoa  Honolulu Hawaii USA] (ORCID:0000000208485159)</t>
+    <t>Killen, Melanie (ORCID:0000000263929373); Burkholder, Amanda_R (ORCID:0000000246671681); Brey, Elizabeth (ORCID:0000000179814047); Cooper, Dylan; Pauker, Kristin (ORCID:0000000208485159)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-06-26T04:00:00Z</t>
+    <t>2024-11-21T05:00:00Z</t>
   </si>
   <si>
     <t>Child Development</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>0009-3920</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
- &lt;p&gt;Little is known about how children and adolescents evaluate unequal teacher allocations of leadership duties based on ethnicity‐race and gender in the classroom. U.S. boys and girls, White (40.7%), Multiracial (18.5%), Black/African American (16.0%), Latine (14.2%), Asian (5.5%), Pacific Islander (0.4%), and other (4.7%) ethnic‐racial backgrounds, 8–14 years,&lt;italic&gt;N&lt;/italic&gt; = 275, evaluated teacher allocations of high‐status leadership positions favoring specific ethnic‐racial or gender groups during 2018–2021. Adolescents, more than children, negatively evaluated unequal teacher allocations of leadership duties that resulted in group‐based inequalities, expected peers who shared the identity of a group disadvantaged by the teacher's allocation to view it more negatively than others, and rectified inequalities. Understanding perceptions of teacher‐based bias provides an opportunity for interventions designed to create fair and just classrooms that motivate all students to achieve.&lt;/p&gt;</t>
+ &lt;p&gt;Little is known about how children and adolescents evaluate unequal teacher allocations of leadership duties based on ethnicity-race and gender in the classroom. U.S. boys and girls, White (40.7%), Multiracial (18.5%), Black/African American (16.0%), Latine (14.2%), Asian (5.5%), Pacific Islander (0.4%), and other (4.7%) ethnic-racial backgrounds, 8–14 years, N = 275, evaluated teacher allocations of high-status leadership positions favoring specific ethnic-racial or gender groups during 2018–2021. Adolescents, more than children, negatively evaluated unequal teacher allocations of leadership duties that resulted in group-based inequalities, expected peers who shared the identity of a group disadvantaged by the teacher's allocation to view it more negatively than others, and rectified inequalities. Understanding perceptions of teacher-based bias provides an opportunity for interventions designed to create fair and just classrooms that motivate all students to achieve.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1728918</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>p. 1950-1966</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>