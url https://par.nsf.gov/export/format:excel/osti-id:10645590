--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10645590</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Practicalities of co-production of knowledge in conserving caribou</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Brose, A; Gunn, A; Couriot, O; Perra, M; Beaupré, C; Gurarie, E</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Union for Conservation of Nature Deer Specialist Group Newsletter (36)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>33-44</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2312-4644</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Steep declines in the Bathurst and Bluenose East Caribou Herds in Canada have highlighted the need for co-production of knowledge to understand a complex ecological-societal system. Our research group of non-Indigenous scientists has found success by applying our technical skills to address questions of greatest concern to Indigenous partners. These successes have not been without challenges, and we are learning to check our own biases, to better plan for the time and funding required for meaningful exchanges of knowledge, and to communicate early and often with our partners about how best to support their capacity to affect change in caribou co-management. We share some lessons learned and encourage fellow researchers to embrace co-production of knowledge to address the many complex issues facing deer conservation worldwide.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2127271</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Union for Conservation of Nature Deer Specialist Group</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>