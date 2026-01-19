--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -104,51 +104,51 @@
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10645597</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>SoK: Towards Effective Automated Vulnerability Repair</t>
   </si>
   <si>
     <t>Li, Y; Shezan, F; Wei, B; Wang, G; Tian, Y</t>
   </si>
   <si>
     <t>2025-08-01T04:00:00Z</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2317184; 2325369; 2323105</t>
+    <t>2317184; 2325369; 2323105; 2320903</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>Usenix Security Symposium 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>