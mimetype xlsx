--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10646615</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3725334</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Physical Visualization Design: Decoupling Interface and System Design</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chen, Yiru (ORCID:0000000244886785); Li, Xupeng (ORCID:000900009954008X); Tao, Jeffrey (ORCID:0000000164071316); Ramjit, Lana (ORCID:0009000495476681); Mitra, Subrata (ORCID:0009000984363119); Ghaderi, Javad (ORCID:000000018038550X); Netravali, Ravi (ORCID:0000000170025033); Parameswaran, Aditya (ORCID:0000000245384752); Rubenstein, Dan (ORCID:0000000237479946); Wu, Eugene (ORCID:0000000342546688)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Management of Data</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 27</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2836-6573</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Interactive visualization interfaces enable users to efficiently explore, analyze, and make sense of their datasets. However, as data grows in size, it becomes increasingly challenging to build data interfaces that meet the interface designer's desired latency expectations and resource constraints. Cloud DBMSs, while optimized for scalability, often fail to meet latency expectations, necessitating complex, bespoke query execution and optimization techniques for data interfaces. This involves manually navigating a huge optimization space that is sensitive to interface design and resource constraints, such as client vs server data and compute placement, choosing which computations are done offline vs online, and selecting from a large library of visualization-optimized data structures.&lt;/p&gt; &lt;p&gt;This paper advocates for a Physical Visualization Design (PVD) tool that decouples interface design from system design to provide design independence. Given an interfaces underlying data flow, interactions with latency expectations, and resource constraints, PVD checks if the interface is feasible and, if so, proposes and instantiates a middleware architecture spanning the client, server, and cloud DBMS that meets the expectations.&lt;/p&gt; &lt;p&gt;To this end, this paper presents Jade, the first prototype PVD tool that enables design independence. Jade proposes an intermediate representation called Diffplans to represent the data flows, develops cost estimation models that trade off between latency guarantees and plan feasibility, and implements an optimization framework to search for the middleware architecture that meets the guarantees. We evaluate Jade on six representative data interfaces as compared to Mosaic and Azure SQL database. We find Jade supports a wider range of interfaces, makes better use of available resources, and can meet a wider range of data, latency, and resource conditions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2243822</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>