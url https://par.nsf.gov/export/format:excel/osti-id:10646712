--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10646712</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1108/ILS-06-2023-0076</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Teen-adult interactions during the co-design of data literacy activities for the public library: insights from a natural language processing analysis of linguistic patterns</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bowler, Leanne; Lopatovska, Irene; Rosin, Mark S</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Information and Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>125</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3/4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>252 to 269</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2398-5348</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Purpose&lt;/title&gt;&lt;p&gt;The purpose of this study is to explore teen-adult dialogic interactions during the co-design of data literacy activities in order to determine the nature of teen thinking, their emotions, level of engagement, and the power of relationships between teens and adults in the context of data literacy. This study conceives of co-design as a learning space for data literacy. It investigates the teen–adult dialogic interactions and what these interactions say about the nature of teen thinking, their emotions, level of engagement and the power relationships between teens and adults.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Design/methodology/approach&lt;/title&gt;&lt;p&gt;The study conceives of co-design as a learning space for teens. Linguistic Inquiry and Word Count (LIWC-22), a natural language processing (NLP) software tool, was used to examine the linguistic measures of Analytic Thinking, Clout, Authenticity, and Emotional Tone using transcriptions of recorded Data Labs with teens and adults. Linguistic Inquiry and Word Count (LIWC-22), a natural language processing (NLP) software tool, was used to examine the linguistic measures of Analytic Thinking, Clout, Authenticity and Emotional Tone using transcriptions of recorded Data Labs with teens and adults.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Findings&lt;/title&gt;&lt;p&gt;LIWC-22 scores on the linguistic measures Analytic Thinking, Clout, Authenticity and Emotional Tone indicate that teens had a high level of friendly engagement, a relatively low sense of power compared with the adult co-designers, medium levels of spontaneity and honesty and the prevalence of positive emotions during the co-design sessions.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Practical implications&lt;/title&gt;&lt;p&gt;This study provides a concrete example of how to apply NLP in the context of data literacy in the public library, mapping the LIWC-22 findings to STEM-focused informal learning. It adds to the understanding of assessment/measurement tools and methods for designing data literacy education, stimulating further research and discussion on the ways to empower youth to engage more actively in informal learning about data.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Originality/value&lt;/title&gt;&lt;p&gt;This study applies a novel approach for exploring teen engagement within a co-design project tasked with the creation of youth-oriented data literacy activities.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2005608</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Emerald Publishing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>