--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10646809</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/ae0a2e</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Tidal Disruption Event Demographics in Supermassive Black Hole Binaries over Cosmic Times</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Melchor, Denyz (ORCID:0000000278541953); Naoz, Smadar (ORCID:0000000298029279); Gezari, Suvi (ORCID:0000000337035154); Mockler, Brenna (ORCID:0000000163508168)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>992</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L21</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Tidal disruption events (TDEs) offer a unique probe of supermassive black hole (SMBH) demographics, but their observed rates remain difficult to reconcile with standard single-SMBH models. In this work, we use simulations of SMBH binaries, including the combined effects of eccentric Kozai–Lidov oscillations and two-body relaxation, to explore how TDE rates scale with SMBH mass and redshift. We find that binary systems exhibit increasing TDE rates with mass, in contrast to the declining trend expected for single SMBHs. These binary-driven rates match those observed in post-starburst galaxies, suggesting that a subset of TDE hosts may contain SMBH binaries. TDE light curves in some massive galaxies exhibit unexpectedly short durations, suggesting that the disrupting SMBH may be less massive than implied by host galaxy scaling relations, consistent with disruptions by the less massive black hole in a binary. By convolving our mass-dependent rates with the SMBH mass function, we predict redshift-dependent TDE rates, which we show can be used to constrain the SMBH binary fraction. Our results provide a testable framework for interpreting TDE demographics in upcoming wide-field surveys such as Legacy Survey of Space and Time and Roman.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2206428</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>