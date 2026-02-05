--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10646887</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adcece</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Discovery of Two Quadruple Star Systems with the Second and Third Shortest Outer Periods</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Powell, Brian P (ORCID:0000000305012636); Torres, Guillermo (ORCID:0000000252860251); Kostov, Veselin B (ORCID:0000000197861031); Borkovits, Tamás (ORCID:000000028806496X); Rappaport, Saul A (ORCID:0000000331825569); Moe, Maxwell (ORCID:0000000208706388); Latham, David W (ORCID:0000000199117388); Jacobs, Thomas L (ORCID:0000000339883245); Gagliano, Robert (ORCID:0000000256651879); Kristiansen, Martti_H K (ORCID:000000022607138X); Omohundro, Mark; Schwengeler, Hans M (ORCID:0000000216372189); LaCourse, Daryll M (ORCID:0000000285272114); Terentev, Ivan A (ORCID:0000000206544442); Schmitt, Allan R (ORCID:0000000250340949)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>985</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>213</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present the discovery of two quadruple star systems—TIC 285853156 and TIC 392229331—each consisting of two bound eclipsing binary stars. Among the most compact quadruples known, TIC 392229331 and TIC 285853156 have the second and third shortest outer orbital periods (145 days and 152 days, respectively) after BU Canis Minoris (122 days). We demonstrate that both systems are long-term dynamically stable despite substantial outer orbital eccentricities (0.33 for TIC 285853156 and 0.56 for TIC 392229331). We previously reported these systems in V. B. Kostov et al. and V. B Kostov et al. as 2 + 2 hierarchical quadruple candidates producing two sets of primary and secondary eclipses in TESS data, as well as prominent eclipse timing variations on both binary components. We combine all available TESS data and new spectroscopic observations into a comprehensive photodynamical model, proving that the component binary stars are gravitationally bound in both systems and finding accurate stellar and orbital parameters for both systems, including very precise determinations of the outer periods. TIC 285853156 and TIC 392229331 represent the latest addition to the small population of well-characterized proven quadruple systems dynamically interacting on detectable timescales.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2206814</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>