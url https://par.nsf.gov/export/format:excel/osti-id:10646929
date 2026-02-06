--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10646929</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adc7b1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The ALMA Survey of Gas Evolution of PROtoplanetary Disks (AGE-PRO). VII. Testing Accretion Mechanisms from Disk Population Synthesis</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tabone, Benoît (ORCID:0000000211033225); Rosotti, Giovanni P (ORCID:0000000348535736); Trapman, Leon (ORCID:0000000286239703); Pinilla, Paola (ORCID:0000000187641780); Pascucci, Ilaria (ORCID:0000000179621683); Somigliana, Alice (ORCID:0000000320902928); Alexander, Richard (ORCID:0000000164102899); Vioque, Miguel (ORCID:0000000241473846); Anania, Rossella (ORCID:0009000480915055); Kuznetsova, Aleksandra (ORCID:0000000269466787); Zhang, Ke (ORCID:0000000206617517); Pérez, Laura M (ORCID:0000000211999564); Cieza, Lucas A (ORCID:0000000228281153); Carpenter, John (ORCID:0000000322510602); Deng, Dingshan (ORCID:0000000307777392); Agurto-Gangas, Carolina (ORCID:0000000272382306); Ruiz-Rodriguez, Dary A (ORCID:0000000335738163); Sierra, Anibal (ORCID:0000000259918073); Kurtovic, Nicolás T (ORCID:0000000223584796); Miley, James (ORCID:000000021575680X); González-Ruilova, Camilo (ORCID:000000034907189X); TorresVillanueva, Estephani (ORCID:0000000199618203); Hogerheijde, Michiel R (ORCID:000000015217537X); Schwarz, Kamber (ORCID:0000000264299457); Toci, Claudia; Testi, Leonardo (ORCID:0000000318593070); Lodato, Giuseppe (ORCID:0000000223577692)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>989</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The architecture of planetary systems depends on the evolution of the disks in which they form. In this work, we develop a population synthesis approach to interpret the Atacama Large Millimeter/submillimeter Array survey of Gas Evolution of PROtoplanetary Disks (AGE-PRO) measurements of disk gas mass and size considering two scenarios: turbulence-driven evolution with photoevaporative winds and MHD wind-driven evolution. A systematic method is proposed to constrain the distribution of disk parameters from the disk fractions, accretion rates, disk gas masses, and CO gas sizes. We find that turbulence-driven accretion with initially compact disks (&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;0&lt;/sub&gt; ≃ 5–20 au), low mass-loss rates, and relatively long viscous timescales (&lt;italic&gt;t&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;ν&lt;/italic&gt;,0&lt;/sub&gt; ≃ 0.4–3 Myr or&lt;italic&gt;α&lt;/italic&gt;&lt;sub&gt;SS&lt;/sub&gt; ≃ 2–4 × 10&lt;sup&gt;−4&lt;/sup&gt;) can reproduce the disk fractions and gas sizes. However, the distribution of apparent disk lifetimes defined as the&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;D&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mover accent='true'&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;̇&lt;/mo&gt;&lt;/mrow&gt;&lt;/mover&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;*&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;ratio is severely overestimated by turbulence-driven models. On the other hand, MHD wind-driven accretion can reproduce the bulk properties of disk populations from Ophiuchus to Upper Scorpius assuming compact disks with an initial magnetization of about&lt;italic&gt;β&lt;/italic&gt; ≃ 10&lt;sup&gt;5&lt;/sup&gt;(&lt;italic&gt;α&lt;/italic&gt;&lt;sub&gt;DW&lt;/sub&gt; ≃ 0.5–1 × 10&lt;sup&gt;−3&lt;/sup&gt;) and a magnetic field that declines with time. More studies are needed to confirm the low masses found by AGE-PRO, notably for compact disks that question turbulence-driven accretion. The constrained synthetic disk populations can now be used for realistic planet population models to interpret the properties of planetary systems on a statistical basis.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2205617</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>