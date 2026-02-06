--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10647351</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.aiia.2025.03.004</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Unveiling the drivers contributing to global wheat yield shocks through quantile regression</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Vishwakarma, Srishti; Zhang, Xin; Lyubchich, Vyacheslav</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Artificial Intelligence in Agriculture</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>564 to 572</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2589-7217</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Sudden reductions in crop yield (i.e., yield shocks) severely disrupt the food supply, intensify food insecurity, depress farmers' welfare, and worsen a country's economic conditions. Here, we study the spatiotemporal patterns of wheat yield shocks, quantified by the lower quantiles of yield fluctuations, in 86 countries over 30 years. Furthermore, we assess the relationships between shocks and their key ecological and socioeconomic drivers using quantile regression based on statistical (linear quantile mixed model) and machine learning (quantile random forest) models. Using a panel dataset that captures spatiotemporal patterns of yield shocks and possible drivers in 86 countries, we find that the severity of yield shocks has been increasing globally since 1997. Moreover, our cross-validation exercise shows that quantile random forest outperforms the linear quantile regression model. Despite this performance difference, both models consistently reveal that the severity of shocks is associated with higher weather stress, nitrogen fertilizer application rate, and gross domestic product (GDP) per capita (a typical indicator for economic and technological advancement in a country). While the unexpected negative association between more severe wheat yield shocks and higher fertilizer application rate and GDP per capita does not imply a direct causal effect, they indicate that the advancement in wheat production has been primarily on achieving higher yields and less on lowering the possibility and magnitude of sharp yield reductions. Hence, in the context of growing extreme weather stress, there is a critical need to enhance the technology and management practices that mitigate yield shocks to improve the resilience of the world food systems.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2330502</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Artificial Intelligence in Agriculture</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>