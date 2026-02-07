--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10647699</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/CCNC54725.2025.10976214</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>PSMOA: Policy Support for Data Replication</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Xi [Tennessee Technological University,Department of Computer Science,Cookeville,USA]; Shannigrahi, Susmit [Tennessee Technological University,Department of Computer Science,Cookeville,USA]</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-10T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 2</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this work, we introduce PSMOA, a Policy Support Multi-objective Optimization Algorithm for decentralized data replication. PSMOA combines the NSGA-III algorithm with Entropy Weighted TOPSIS to assign dynamic weights to objectives based on system policies. The method optimizes replication time, cost, popularity, and load balancing. Simulations show that PSMOA outperforms NSGA-II and NSGA-III by producing solutions with lower replication costs and faster replication times while meeting different policy requirements. The results show that PSMOA improves data replication in complex, multi-organizational environments.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2430341; 2126148; 2019012</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>