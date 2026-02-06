--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10647701</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/ad5967</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Aligned Orbit of a Hot Jupiter around the M Dwarf TOI-4201</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gan, Tianjun (ORCID:0000000245039705); Wang, Sharon X (ORCID:0000000269379034); Dai, Fei (ORCID:0000000289580683); Winn, Joshua N (ORCID:000000024265047X); Mao, Shude (ORCID:0000000183172788); Xu, Siyi (ORCID:0000000288084282); Pallé, Enric (ORCID:0000000309871593); Bean, Jacob L (ORCID:0000000347336532); Brady, Madison (ORCID:0000000324042427); Brown, Nina (ORCID:000900031142292X); Lu, Cicero (ORCID:0000000193520248); Luque, Rafael (ORCID:0000000246712957); Mocnik, Teo (ORCID:000000034603556X); Seifahrt, Andreas (ORCID:0000000345263747); Stefánsson, Guđmundur K (ORCID:0000000174095688)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>969</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L24</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Measuring the obliquities of stars hosting giant planets may shed light on the dynamical history of planetary systems. Significant efforts have been made to measure the obliquities of FGK stars with hot Jupiters, mainly based on observations of the Rossiter–McLaughlin effect. In contrast, M dwarfs with hot Jupiters have hardly been explored because such systems are rare and often not favorable for such precise observations. Here, we report the first detection of the Rossiter–McLaughlin effect for an M dwarf with a hot Jupiter, TOI-4201, using the Gemini-North/MAROON-X spectrograph. We find TOI-4201 to be well aligned with its giant planet, with a sky-projected obliquity of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mi&gt;λ&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;3.0&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;3.2&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;3.7&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mo&gt;°&lt;/mo&gt;&lt;/math&gt;&lt;/inline-formula&gt;and a true obliquity of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mi&gt;ψ&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;21.3&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;12.8&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;12.5&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mo&gt;°&lt;/mo&gt;&lt;/math&gt;&lt;/inline-formula&gt;with an upper limit of 40&lt;sup&gt;◦&lt;/sup&gt;at a 95% confidence level. The result agrees with dynamically quiet formation or tidal obliquity damping that realigned the system. As the first hot Jupiter around an M dwarf with its obliquity measured, TOI-4201b joins the group of aligned giant planets around cool stars (&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;eff&lt;/sub&gt;&lt; 6250 K), as well as the small but growing sample of planets with relatively high planet-to-star mass ratio (&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;p&lt;/italic&gt;&lt;/sub&gt;/&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;*&lt;/sub&gt;≳ 3 × 10&lt;sup&gt;−3&lt;/sup&gt;) that also appear to be mostly aligned.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108465</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>