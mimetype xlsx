--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10647705</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202347431</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>TOI-2266 b: A keystone super-Earth at the edge of the M dwarf radius valley</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Parviainen, H (ORCID:0000000155191391); Murgas, F (ORCID:0000000190871245); Esparza-Borges, E (ORCID:0000000223413233); Peláez-Torres, A (ORCID:0000000192048498); Palle, E (ORCID:0000000309871593); Luque, R (ORCID:0000000246712957); Zapatero-Osorio, M R (ORCID:0000000156642852); Korth, J (ORCID:0000000200766239); Fukui, A (ORCID:0000000249095763); Narita, N (ORCID:0000000185112981); Collins, K A (ORCID:0000000165889574); Béjar, V_J S (ORCID:0000000250864232); Morello, G (ORCID:0000000242625661); Monelli, M; Garcia, N Abreu (ORCID:0009000250675463); Chen, G; Crouzet, N (ORCID:0000000178668738); de_Leon, J P (ORCID:0000000264243410); Isogai, K (ORCID:0000000264803799); Kagetani, T (ORCID:0000000253316637); Kawauchi, K (ORCID:0000000312055108); Klagyivik, P (ORCID:0000000307006176); Kodama, T (ORCID:0000000190325826); Kusakabe, N (ORCID:0000000191941268); Livingston, J H (ORCID:0000000248813620); Meni, P (ORCID:0009000179430075); Mori, M (ORCID:0000000313686593); Nowak, G (ORCID:0000000270317754); Tamura, M (ORCID:0000000265100681); Terada, Y (ORCID:0000000328876381); Watanabe, N (ORCID:0000000275228195); Ciardi, D R (ORCID:0000000257413047); Lund, M B (ORCID:0000000325271598); Christiansen, J L (ORCID:0000000280354778); Dressing, C D (ORCID:0000000181890233); Giacalone, S (ORCID:0000000289653969); Savel, A B (ORCID:0000000207867307); Hirsch, L (ORCID:0000000180587443); Parsons, S G (ORCID:0000000226952654); Brown, P (ORCID:0000000234819052); Collins, K I (ORCID:0000000327813207); Barkaoui, K (ORCID:0000000314649276); Timmermans, M; Ghachoui, M (ORCID:0000000339860297); Soubkiou, A; Benkhaldoun, Z (ORCID:0000000162859847); McDermott, S; Pritchard, T; Rowden, P; Striegel, S; Gan, T (ORCID:0000000245039705); Horne, K (ORCID:0000000317280304); Jensen, E_L N (ORCID:0000000246257333); Schwarz, R P (ORCID:0000000182271020); Shporer, A (ORCID:0000000218363120); Srdoc, G; Seager, S (ORCID:0000000268926948); Winn, J N (ORCID:000000024265047X); Jenkins, J M (ORCID:0000000247159460); Ricker, G (ORCID:0000000320586662); Vanderspek, R (ORCID:0000000167636562); Dragomir, D</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>683</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A170</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We validate the Transiting Exoplanet Survey Satellite (TESS) object of interest TOI-2266.01 (TIC 8348911) as a small transiting planet (most likely a super-Earth) orbiting a faint M5 dwarf (&lt;italic&gt;V&lt;/italic&gt;= 16.54) on a 2.33 d orbit. The validation is based on an approach where multicolour transit light curves are used to robustly estimate the upper limit of the transiting object's radius. Our analysis uses SPOC-pipeline TESS light curves from Sectors 24, 25, 51, and 52, simultaneous multicolour transit photometry observed with MuSCAT2, MuSCAT3' and HiPERCAM, and additional transit photometry observed with the LCOGT telescopes. TOI-2266 b is found to be a planet with a radius of 1.54 ± 0.09&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;⊕&lt;/sub&gt;, which locates it at the edge of the transition zone between rocky planets, water-rich planets, and sub-Neptunes (the so-called M dwarf radius valley). The planet is amenable to ground-based radial velocity mass measurement with red-sensitive spectrographs installed in large telescopes, such as MAROON-X and Keck Planet Finder (KPF), which makes it a valuable addition to a relatively small population of planets that can be used to probe the physics of the transition zone. Further, the planet's orbital period of 2.33 days places it inside a ‘keystone planet’ wedge in the period-radius plane where competing planet formation scenarios make conflicting predictions on how the radius valley depends on the orbital period. This makes the planet also a welcome addition to the small population of planets that can be used to test small-planet formation scenarios around M dwarfs.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108465</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ESO</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>