--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10647709</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202450334</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>TOI-3568 b: A super-Neptune in the sub-Jovian desert</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Martioli, E (ORCID:000000025084168X); Petrucci, R P; Jofré, E (ORCID:0000000281777633); Hébrard, G; Ghezzi, L (ORCID:0000000290890136); Gómez_Maqueo_Chew, Y; Díaz, R F (ORCID:0000000192895160); Perottoni, H D; Garcia, L H (ORCID:0000000327010121); Rapetti, D (ORCID:0000000321966675); Lecavelier_des_Etangs, A; de_Almeida, L (ORCID:0000000181791147); Arnold, L (ORCID:0000000201111234); Artigau, É (ORCID:0000000335065667); Basant, R (ORCID:0000000345082436); Bean, J L; Bieryla, A; Boisse, I; Bonfils, X; Brady, M (ORCID:0000000324042427); Cadieux, C (ORCID:0000000192915555); Carmona, A (ORCID:0000000324711299); Cook, N J; Delfosse, X; Donati, J-F; Doyon, R; Furlan, E (ORCID:0000000198006248); Howell, S B; Jenkins, J M (ORCID:0000000247159460); Kasper, D; Kiefer, F; Latham, D W (ORCID:0000000199117388); Levine, A M; Lorenzo-Oliveira, D; Luque, R; McLeod, K K (ORCID:0000000195041486); Melendez, J; Moutou, C; Netto, Y; Pritchard, T A; Rowden, P (ORCID:0000000248297101); Seifahrt, A (ORCID:0000000345263747); Stefánsson, G; Stürmer, J; Twicken, J D (ORCID:0000000267787552)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>690</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A312</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The sub-Jovian desert is a region in the mass-period and radius-period parameter space that typically encompasses short-period ranges between super-Earths and hot Jupiters, and exhibits an intrinsic dearth of planets. This scarcity is likely shaped by photoevaporation caused by the stellar irradiation received by giant planets that have migrated inward. We report the detection and characterization of TOI-3568 b, a transiting super-Neptune with a mass of 26.4 ± 1.0 M&lt;sub&gt;⊕&lt;/sub&gt;, a radius of 5.30 ± 0.27 R&lt;sub&gt;⊕&lt;/sub&gt;, a bulk density of 0.98 ± 0.15 g cm&lt;sup&gt;−3&lt;/sup&gt;, and an orbital period of 4.417965 (5) d situated in the vicinity of the sub-Jovian desert. This planet orbiting a K dwarf star with solar metallicity was identified photometrically by the Transiting Exoplanet Survey Satellite (TESS). It was characterized as a planet by our high-precision radial-velocity (RV) monitoring program using MAROON-X at Gemini North, supplemented with additional observations from the SPICE large program with SPIRou at CFHT. We performed a Bayesian MCMC joint analysis of the TESS and ground-based photometry, and MAROON-X and SPIRou RVs, to measure the orbit, radius, and mass of the planet, as well as a detailed analysis of the high-resolution flux and polarimetric spectra to determine the physical parameters and elemental abundances of the host star. Our results reveal TOI-3568 b to be a hot super-Neptune rich in hydrogen and helium, with a core of heavier elements of between 10 and 25 M&lt;sub&gt;⊕&lt;/sub&gt;in mass. We analyzed the photoevaporation status of TOI-3568 b and find that it experiences one of the highest extreme-ultraviolet (EUV) luminosities among planets with a mass of M&lt;sub&gt;&lt;italic&gt;p&lt;/italic&gt;&lt;/sub&gt;&lt; 2 M&lt;sub&gt;Nep&lt;/sub&gt;, yet it has an evaporation lifetime exceeding 5 Gyr. Positioned in the transition between two significant populations of exoplanets on the mass-period and energy diagrams, this planet presents an opportunity to test theories concerning the origin of the sub-Jovian desert.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108465</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ESO</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>