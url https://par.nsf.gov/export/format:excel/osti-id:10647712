--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10647712</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ad7796</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Searching for GEMS: Characterizing Six Giant Planets Around Cool Dwarfs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kanodia, Shubham (ORCID:0000000184014300); Gupta, Arvind F (ORCID:0000000254639980); Cañas, Caleb I (ORCID:0000000348350619); Bernabò, Lia Marta (ORCID:0000000280351032); Reji, Varghese (ORCID:000900067298619X); Han, Te (ORCID:0000000271277643); Brady, Madison (ORCID:0000000324042427); Seifahrt, Andreas (ORCID:0000000345263747); Cochran, William D (ORCID:0000000196623496); Morrell, Nidia (ORCID:0000000325353091); Basant, Ritvik (ORCID:0000000345082436); Bean, Jacob (ORCID:0000000347336532); Bender, Chad F (ORCID:0000000343847220); de_Beurs, Zoë L (ORCID:0000000275646047); Bieryla, Allyson (ORCID:0000000166375401); Birkholz, Alexina; Brown, Nina (ORCID:000900031142292X); Chapman, Franklin (ORCID:0009000396991063); Ciardi, David R (ORCID:0000000257413047); Clark, Catherine A (ORCID:0000000223615812); Cotter, Ethan G (ORCID:0009000316378315); Diddams, Scott A (ORCID:0000000221440764); Halverson, Samuel (ORCID:0000000313129391); Hawley, Suzanne (ORCID:0000000266294182); Hebb, Leslie (ORCID:0000000312638637); Holcomb, Rae (ORCID:0000000250349476); Howell, Steve B (ORCID:0000000225322853); Kobulnicky, Henry A (ORCID:0000000244754176); Kowalski, Adam F (ORCID:0000000174581176); Larsen, Alexander (ORCID:0000000224018411); Libby-Roberts, Jessica (ORCID:0000000229907613); Lin, Andrea_S J (ORCID:0000000290826337); Lund, Michael B (ORCID:0000000325271598); Luque, Rafael (ORCID:0000000246712957); Monson, Andrew (ORCID:0000000200482586); Ninan, Joe P (ORCID:0000000187205612); Parker, Brock A (ORCID:0000000193078170); Patel, Nishka; Rodruck, Michael; Ross, Gabrielle (ORCID:0009000670231199); Roy, Arpita (ORCID:0000000181275775); Schwab, Christian (ORCID:000000024046987X); Stefánsson, Guđmundur (ORCID:0000000174095688); Thoms, Aubrie; Vanderburg, Andrew (ORCID:0000000172465438)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-04T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>168</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>235</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Transiting giant exoplanets around M-dwarf stars (GEMS) are rare, owing to the low-mass host stars. However, the all-sky coverage of TESS has enabled the detection of an increasingly large number of them to enable statistical surveys like the Searching for GEMS survey. As part of this endeavor, we describe the observations of six transiting giant planets, which include precise mass measurements for two GEMS (K2-419Ab, TOI-6034b) and statistical validation for four systems, which includes validation and mass upper limits for three of them (TOI-5218b, TOI-5616b, TOI-5634Ab), while the fourth one—TOI-5414b is classified as a “likely planet.” Our observations include radial velocities from the Habitable-zone Planet Finder on the Hobby–Eberly Telescope, and MAROON-X on Gemini-North, along with photometry and high-contrast imaging from multiple ground-based facilities. In addition to TESS photometry, K2-419Ab was also observed and statistically validated as part of the K2 mission in Campaigns 5 and 18, which provide precise orbital and planetary constraints despite the faint host star and long orbital period of ∼20.4 days. With an equilibrium temperature of only 380 K, K2-419Ab is one of the coolest known well-characterized transiting planets. TOI-6034 has a late F-type companion about 40″ away, making it the first GEMS host star to have an earlier main-sequence binary companion. These confirmations add to the existing small sample of confirmed transiting GEMS.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108465; 2108493; 2108801</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>