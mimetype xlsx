--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10647713</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ade677</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Compositions of Rocky Planets in Close-in Orbits Tend to Be Earth-like</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Brinkman, Casey L (ORCID:000000024480310X); Weiss, Lauren M (ORCID:0000000237253058); Huber, Daniel (ORCID:0000000188324488); Lee, Rena A (ORCID:0000000170584134); Kolecki, Jared; Tenn, Gwyneth (ORCID:0009000747219068); Zhang, Jingwen (ORCID:0000000226962406); Narayanan, Suchitra (ORCID:0000000202446650); Polanski, Alex S (ORCID:0000000170478681); Dai, Fei (ORCID:0000000289580683); Bean, Jacob L (ORCID:0000000347336532); Beard, Corey (ORCID:0000000177082364); Brady, Madison (ORCID:0000000324042427); Brodheim, Max (ORCID:0009000898080411); Brown, Matt; Chontos, Ashley (ORCID:0000000311252564); Deich, William (ORCID:0009000036241330); Edelstein, Jerry (ORCID:0009000224198819); Fulton, Benjamin J (ORCID:0000000335045316); Giacalone, Steven (ORCID:0000000289653969); Gibson, Steven R (ORCID:0009000444546053); Gilbert, Gregory J (ORCID:0000000307421660); Halverson, Samuel (ORCID:0000000313129391); Handley, Luke (ORCID:0000000293055101); Hill, Grant M (ORCID:0000000276489119); Holcomb, Rae (ORCID:0000000250349476); Holden, Bradford (ORCID:0000000261533076); Householder, Aaron (ORCID:0000000258123236); Howard, Andrew W (ORCID:0000000186380320); Isaacson, Howard (ORCID:0000000205311073); Kaye, Stephen; Laher, Russ R (ORCID:0000000324515482); Lanclos, Kyle (ORCID:0009000405921850); Ong, J_M Joel (ORCID:000000017664648X); Payne, Joel (ORCID:0009000842930341); Petigura, Erik A (ORCID:0000000309672893); Pidhorodetska, Daria (ORCID:0000000197717953); Poppett, Claire (ORCID:0000000305125489); Roy, Arpita (ORCID:0000000181275775); Rubenzahl, Ryan (ORCID:0000000338563143); Saunders, Nicholas (ORCID:0000000326573889); Schwab, Christian (ORCID:000000024046987X); Seifahrt, Andreas (ORCID:0000000345263747); Shaum, Abby P (ORCID:0000000331336837); Sirk, Martin M (ORCID:0009000785558060); Smith, Chris; Smith, Roger (ORCID:0000000170629726); Stefánsson, Guđmundur (ORCID:0000000174095688); Stürmer, Julian (ORCID:0000000244104712); Thorne, Jim; Turtelboom, Emma V (ORCID:0000000218452617); Tyler, Dakotah (ORCID:0000000302984667); Valliant, John; Van_Zandt, Judah (ORCID:0000000242906826); Walawender, Josh (ORCID:0000000260928295); Yee, Samuel W (ORCID:0000000179613907); Yeh, Sherry (ORCID:0000000240373114); Zink, Jon</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>170</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>109</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Hundreds of exoplanets between 1 and 1.8 times the size of Earth have been discovered on close-in orbits. However, these planets show such a diversity in densities that some appear to be made entirely of iron, while others appear to host gaseous envelopes. To test this diversity in composition, we update the masses of five rocky exoplanets (HD 93963 A b, Kepler-10 b, Kepler-100 b, Kepler-407 b, and TOI-1444 b) and present the confirmation of a new planet (TOI-1011) using 187 high-precision radial velocities from Gemini/MAROON-X and Keck/KPF. Our updated planet masses suggest compositions closer to that of Earth than previous literature values for all planets in our sample. In particular, we report that two previously identified “super-Mercuries” (Kepler-100 b and HD 93963 A b) have lower masses that suggest less iron-rich compositions. We then compare the ratio of iron to rock-building species with the abundance ratios of those elements in their host stars. These updated planet compositions do not suggest a steep relationship between planet and host star compositions, contradictory to previous results, and suggest that planets and host stars have similar abundance ratios.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108465</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>