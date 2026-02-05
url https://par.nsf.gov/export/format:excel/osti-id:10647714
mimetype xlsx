--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10647714</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202452916</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>TOI-2015 b: A sub-Neptune in strong gravitational interaction with an outer non-transiting planet</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Barkaoui, K (ORCID:0000000314649276); Korth, J (ORCID:0000000200766239); Gaidos, E (ORCID:0000000252586846); Agol, E (ORCID:0000000208029145); Parviainen, H (ORCID:0000000155191391); Pozuelos, F J (ORCID:0000000315727707); Palle, E (ORCID:0000000309871593); Narita, N (ORCID:0000000185112981); Grimm, S (ORCID:0000000206324407); Brady, M (ORCID:0000000324042427); Bean, J L; Morello, G (ORCID:0000000242625661); Rackham, BV (ORCID:0000000236271676); Burgasser, A J (ORCID:0000000265239536); Van_Grootel, V; Rojas-Ayala, B (ORCID:0000000201491302); Seifahrt, A; Marfil, E (ORCID:0000000189074775); Passegger, V M (ORCID:0000000285697243); Stalport, M (ORCID:0000000309966402); Gillon, M (ORCID:0000000314627739); Collins, K A; Shporer, A; Giacalone, S; Yalçınkaya, S (ORCID:000000025224247X); Ducrot, E; Timmermans, M; Triaud, A_H_M J (ORCID:0000000255108751); de_Wit, J; Soubkiou, A (ORCID:0000000203452147); Watkins, C N; Aganze, C; Alonso, R (ORCID:0000000184628126); Amado, P J (ORCID:0000000283886040); Basant, R (ORCID:0000000345082436); Baştürk, Ö; Benkhaldoun, Z (ORCID:0000000162859847); Burdanov, A; Calatayud-Borras, Y; Chouqar, J; Conti, D M (ORCID:0000000322390567); Collins, K I (ORCID:0000000327813207); Davoudi, F (ORCID:0000000217873444); Delrez, L; Dressing, C D; de_Leon, J; Dévora-Pajares, M; Demory, B O; Dransfield, G (ORCID:000000023937630X); Esparza-Borges, E; Fernández-Rodriguez, G; Fukuda, I (ORCID:0000000294362891); Fukui, A; Gallardo, P_P M; Garcia, L; Garcia, N A; Ghachoui, M (ORCID:0000000339860297); Geraldía-González, S (ORCID:0009000255453034); Gómez_Maqueo_Chew, Y (ORCID:0000000274866726); González-Rodríguez, J (ORCID:0009000956842593); Günther, M N (ORCID:0000000231649086); Hayashi, Y; Horne, K (ORCID:0000000317280304); Hooton, M J (ORCID:000000030030332X); Hsu, C C (ORCID:0000000253707494); Ikuta, K; Isogai, K; Jehin, E (ORCID:000000018923488X); Jenkins, J M (ORCID:0000000247159460); Kawauchi, K; Kagetani, T; Kawai, Y; Kasper, D; Kielkopf, J F; Klagyivik, P (ORCID:0000000307006176); Lacedelli, G (ORCID:0000000241977374); Latham, D W (ORCID:0000000199117388); Libotte, F; Luque, R (ORCID:0000000246712957); Livingston, J H; Mancini, L (ORCID:0000000294288732); Massey, B (ORCID:0000000188797138); Mori, M (ORCID:0000000313686593); Muñoz_Torres, S (ORCID:0000000342694779); Murgas, F (ORCID:0000000190871245); Niraula, P; Orell-Miquel, J; Rapetti, David (ORCID:0000000321966675); Rebolo-López, R (ORCID:0000000337677085); Ricker, G; Papini, R (ORCID:0009000693619153); Pedersen, P P; Peláez-Torres, A (ORCID:0000000192048498); Pérez-Prieto, J A; Poultourtzidis, E; Rodriguez, P M; Queloz, D; Savel, A B; Schanche, N; Sánchez-Benavente, M; Sibbald, L; Sefako, R (ORCID:0000000339046754); Sohy, S; Sota, A (ORCID:0000000294046952); Schwarz, R P (ORCID:0000000182271020); Seager, S (ORCID:0000000268926948); Sebastian, D (ORCID:0000000222149258); Southworth, J (ORCID:0000000238073198); Stangret, M; Stefánsson, G; Stürmer, J; Srdoc, G; Thompson, S J (ORCID:000000028039194X); Terada, Y; Vanderspek, R; Wang, G; Watanabe, N; Wilkin, F P (ORCID:0000000321278952); Winn, J (ORCID:000000024265047X); Wells, R D; Ziegler, C; Zúñiga-Fernández, S (ORCID:000000029350830X)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>695</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A281</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;TOI-2015 is a known exoplanetary system around an M4 dwarf star, consisting of a transiting sub-Neptune planet in a 3.35-day orbital period, TOI-2015 b, accompanied by a non-transiting companion, TOI-2015 c. High-precision radial-velocity measurements were taken with the MAROON-X spectrograph, and high-precision photometric data were collected, primarily using the SPECULOOS, MUSCAT, TRAPPIST and LCOGT networks. We collected 63 transit light curves and 49 different transit epochs for TOI-2015 b. We recharacterized the target star by combining optical spectra obtained by the MAROON-X, Shane/KAST and IRTF/SpeX spectrographs, Bayesian model averaging (BMA) and spectral energy distribution (SED) analysis. The TOI-2015 host star is a&lt;italic&gt;K&lt;/italic&gt;= 10.3 mag M4-type dwarf with a subsolar metallicity of [Fe/H] = −0.31 ± 0.16, and an effective temperature of&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;eff&lt;/sub&gt;≈ 3200 K. Our photodynamical analysis of the system strongly favors the 5:3 mean-motion resonance and in this scenario the planet b (TOI-2015 b) has an orbital period of&lt;italic&gt;P&lt;sub&gt;b&lt;/sub&gt;&lt;/italic&gt;= 3.34 days, a mass of&lt;italic&gt;M&lt;sub&gt;p&lt;/sub&gt;&lt;/italic&gt;= 9.02&lt;sub&gt;-0.36&lt;/sub&gt;&lt;sup&gt;+0.32&lt;/sup&gt;&lt;italic&gt;M&lt;sub&gt;⊕&lt;/sub&gt;&lt;/italic&gt;, and a radius of&lt;italic&gt;R&lt;sub&gt;p&lt;/sub&gt;&lt;/italic&gt;= 3.309&lt;sub&gt;-0.011&lt;/sub&gt;&lt;sup&gt;+0.013&lt;/sup&gt;&lt;italic&gt;R&lt;sub&gt;⊕&lt;/sub&gt;&lt;/italic&gt;, resulting in a density of&lt;italic&gt;ρ&lt;sub&gt;p&lt;/sub&gt;&lt;/italic&gt;= 0.25 ± 0.01&lt;italic&gt;ρ&lt;/italic&gt;&lt;sub&gt;⊕&lt;/sub&gt;= 1.40 ± 0.06 g cm&lt;sup&gt;−3&lt;/sup&gt;; this is indicative of a Neptune-like composition. Its transits exhibit large (&gt; 1 hr) timing variations characteristic of an outer perturber in the system. We performed a global analysis of the high-resolution radial-velocity measurements, the photometric data, and the TTVs, and inferred that TOI-2015 hosts a second planet, TOI-2015 c, in a non-transiting configuration. Our analysis places it near a 5:3 resonance with an orbital period of&lt;italic&gt;P&lt;sub&gt;c&lt;/sub&gt;&lt;/italic&gt;= 5.583 days and a mass of&lt;italic&gt;M&lt;sub&gt;p&lt;/sub&gt;&lt;/italic&gt;= 8.91&lt;sub&gt;-0.40&lt;/sub&gt;&lt;sup&gt;+0.38&lt;/sup&gt;&lt;italic&gt;M&lt;sub&gt;⊕&lt;/sub&gt;&lt;/italic&gt;. The dynamical configuration of TOI-2015 b and TOI-2015 c can be used to constrain the system’s planetary formation and migration history. Based on the mass-radius composition models, TOI-2015 b is a water-rich or rocky planet with a hydrogen-helium envelope. Moreover, TOI-2015 b has a high transmission-spectroscopic metric (TSM=149), making it a favorable target for future transmission spectroscopic observations with the&lt;italic&gt;JWST&lt;/italic&gt;to constrain the atmospheric composition of the planet. Such observations would also help to break the degeneracies in theoretical models of the planet’s interior structure.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108465</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ESO</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>