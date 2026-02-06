--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10647851</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1017/wtc.2025.7</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Functional evaluation of a real-time EMG controlled prosthetic hand</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kalita, Amlan Jyoti (ORCID:0000000257218663); Chanu, Maibam Pooya; Kakoty, Nayan M; Vinjamuri, Ramana Kumar; Borah, Satyajit</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Wearable Technologies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2631-7176</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Electromyogram (EMG)-controlled prosthetic hands have advanced significantly during the past two decades. However, most of the currently available prosthetic hands fail to replicate human hand functionality and controllability. To measure the emulation of the human hand by a prosthetic hand, it is important to evaluate the functional characteristics. Moreover, incorporating feedback from end users during clinical testing is crucial for the precise assessment of a prosthetic hand. The work reported in this manuscript unfolds the functional characteristics of an EMG-CoNtrolled PRosthetIC Hand called ENRICH. ENRICH is a real-time EMG controlled prosthetic hand that can grasp objects in 250.8&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S2631717625000076_inline1.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$ \pm $&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;1.1 ms, fulfilling the neuromuscular constraint of a human hand. ENRICH is evaluated in comparison to 26 laboratory prototypes and 10 commercial variants of prosthetic hands. The hand was evaluated in terms of size, weight, operation time, weight lifting capacity, finger joint range of motion, control strategy, degrees of freedom, grasp force, and clinical testing. The box and block test and pick and place test showed ENRICH’s functionality and controllability. The functional evaluation reveals that ENRICH has the potential to restore functionality to hand amputees, improving their quality of life.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2333292; 2053498</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Cambridge University Press</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>