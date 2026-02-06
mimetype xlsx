--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10647852</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.4018/979-8-3373-0659-9.ch010</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Mental Health Management Through Wearables and AI Innovation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ajendla, Akshara (ORCID:0009000590435247); Patel, Mahi; Olikkal, Parthan; Vinjamuri, Ramana Kumar (ORCID:0000000316505524)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-16T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>193 to 212</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mental health disorders, affecting nearly one billion people globally, pose a silent yet pervasive threat to well-being, reducing life expectancy and straining families, workplaces, and healthcare systems. Traditional management tools, clinical interviews, questionnaires, and infrequent check-ins fall short, hampered by subjective biases and their inability to capture the nature of conditions. This chapter explores how wearable technologies, powered by advanced sensors, artificial intelligence (AI), and machine learning (ML), are revolutionizing mental health care by enabling continuous, objective monitoring. Focusing on four approaches – physiological, neurotechnological, contactless, and multimodal we analyze their mechanisms, applications, and transformative potential. These innovations promise proactive care, early intervention, and greater accessibility, yet face challenges. By integrating AI and refining device design, wearable technologies could redefine mental health management, empowering field, though their success hinges on overcoming technical and ethical hurdles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2333292; 2053498</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Book Chapter</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IGI Global</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>