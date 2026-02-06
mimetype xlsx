--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10647946</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ICLAD65226.2025.00032</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Iceberg: Enhancing HLS Modeling with Synthetic Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ding, Zijian [UCLA,Computer Science Department]; Nguyen, Tung [UCLA,Computer Science Department]; Li, Weikai [UCLA,Computer Science Department]; Grover, Aditya [UCLA,Computer Science Department]; Sun, Yizhou [UCLA,Computer Science Department]; Cong, Jason [UCLA,Computer Science Department]</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>171 to 179</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Deep learning-based prediction models for High-Level Synthesis (HLS) of hardware designs often struggle to generalize. In this paper, we study how to close the generalizability gap of these models through pretraining on synthetic data and introduce Iceberg, a synthetic data augmentation approach that expands both large language model (LLM)-generated programs and weak labels of unseen design configurations. Our weak label generation method is integrated with an in-context model architecture, enabling meta-learning from actual and proximate labels. Iceberg improves the geometric mean modeling accuracy by 86.4% when adapt to six real-world applications with few-shot examples and achieves a 2.47× and a 1.12× better offline DSE performance when adapting to two different test datasets. Our open-sourced code is here: https://github.com/UCLA-VAST/iceberg.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2211557</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>