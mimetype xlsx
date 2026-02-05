--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10648134</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adea38</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Evidence for an Instability-induced Binary Merger in the Double-peaked, Helium-rich Type IIn Supernova 2023zkd</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gagliano, A (ORCID:0000000349068447); Villar, V A (ORCID:0000000258144061); Matsumoto, T (ORCID:0000000293506793); Jones, D O (ORCID:0000000262300151); Ransome, C L (ORCID:0000000341754960); Nugent, A E (ORCID:0000000220289329); Hiramatsu, D (ORCID:0000000211259187); Auchettl, K (ORCID:0000000244499152); Tsuna, D (ORCID:0000000263473089); Dong, Y (ORCID:0000000279376371); Gomez, S (ORCID:0000000163956702); Aleo, P D (ORCID:0000000262981663); Angus, C R (ORCID:0000000242697999); de_Boer, T (ORCID:0000000154862747); Bostroem, K A (ORCID:000000024924444X); Chambers, K C (ORCID:0000000169657789); Coulter, D A (ORCID:0000000342632228); Davis, K W (ORCID:0000000256804660); Fairlamb, J R; Farah, J (ORCID:0000000349145625); Farias, D (ORCID:000000026886269X); Foley, R J (ORCID:0000000224455275); Gall, C (ORCID:0000000285263963); Gao, H (ORCID:0000000310155367); Gonzalez, E P (ORCID:0000000302099246); Howell, D A (ORCID:000000034253656X); Huber, M E (ORCID:0000000310599603); Kilpatrick, C D (ORCID:0000000257407747); Lin, C-C (ORCID:0000000272725129); Lowe, T B (ORCID:0000000294383617); MacLeod, M E (ORCID:0000000214178024); Magnier, E A (ORCID:0000000279652815); McCully, C (ORCID:0000000158077893); Mínguez, P (ORCID:0009000388038643); Narayan, G (ORCID:0000000160220484); Newsome, M (ORCID:0000000195700584); Patra, K C (ORCID:0000000210926806); Rest, A (ORCID:0000000244105387); Rest, S (ORCID:0000000238250553); Smartt, S (ORCID:0000000282291731); Smith, K W (ORCID:0000000195353199); Terreran, G (ORCID:0000000307945982); Wainscoat, R J (ORCID:0000000213410952); Wang, Q (ORCID:0000000152336989); Yadavalli, S K (ORCID:0000000208406940); Zenati, Y (ORCID:0000000206328897)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>989</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>182</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present ultraviolet to infrared observations of the extraordinary Type IIn supernova 2023zkd (SN 2023zkd). Photometrically, it exhibits persistent and luminous precursor emission spanning ∼4 yr preceding discovery (&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;r&lt;/italic&gt;&lt;/sub&gt; ≈ −15 mag, 1500 days in the observer frame), followed by a secondary stage of gradual brightening in its final year. Post-discovery, it exhibits two photometric peaks of comparable brightness (&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;r&lt;/italic&gt;&lt;/sub&gt; ≲ −18.7 mag and&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;r&lt;/italic&gt;&lt;/sub&gt; ≈ −18.4 mag, respectively) separated by 240 days. Spectroscopically, SN 2023zkd exhibits highly asymmetric and multicomponent Balmer and He&lt;sc&gt;I&lt;/sc&gt;profiles that we attribute to ejecta interaction with fast-moving (1000–2000 km s&lt;sup&gt;−1&lt;/sup&gt;) He-rich polar material and slow-moving (∼400 km s&lt;sup&gt;−1&lt;/sup&gt;) equatorially distributed H-rich material. He&lt;sc&gt;II&lt;/sc&gt;features also appear during the second light curve peak and evolve rapidly. Shock-driven models fit to the multiband photometry suggest that the event is powered by interaction with ∼5–6&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;of CSM, with 2–3&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;associated with each light curve peak, expelled during mass-loss episodes ∼3–4 yr and ∼1–2 yr prior to explosion. The observed precursor emission, combined with the extreme mass-loss rates required to power each light curve peak, favors either super-Eddington accretion onto a black hole or multiple long-lived eruptions from a massive star to luminosities that have not been previously observed. We consider multiple progenitor scenarios for SN 2023zkd, and find that the brightening optical precursor and inferred explosion properties are most consistent with a massive (&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;ZAMS&lt;/sub&gt;≥ 30&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;) and partially stripped He star undergoing an instability-induced merger with a black hole companion.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2019786; 2206195; 1911151; 1911225; 2433718</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>