--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10648560</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adff75</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Optical Spectroscopy Reveals Hidden Neutron-capture Elemental Abundance Differences among APOGEE-identified Chemical Doppelgängers*</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Manea, Catherine (ORCID:0000000209006076); Ness, Melissa (ORCID:0000000150826693); Hawkins, Keith (ORCID:0000000214232174); Zeimann, Greg (ORCID:0000000323070629); Hogg, David W (ORCID:0000000328669403); Filion, Carrie (ORCID:0000000155225029); Griffith, Emily J (ORCID:0000000193459977); Johnston, Kathryn (ORCID:0000000162446727); Casey, Andrew (ORCID:0000000301740564); Hackshaw, Zoe (ORCID:0000000238553060); Nelson, Tyler (ORCID:0000000337075746); Marks, Micah</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>993</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Grouping stars by chemical similarity has the potential to reveal the Milky Way’s evolutionary history. The APOGEE stellar spectroscopic survey has the resolution and sensitivity for this task. However, APOGEE lacks access to strong lines of neutron-capture elements (&lt;italic&gt;Z&lt;/italic&gt;&gt; 28), which have nucleosynthetic origins that are distinct from those of the lighter elements. We assess whether APOGEE abundances are sufficient for selecting chemically similar disk stars by identifying 25 pairs of chemical “doppelgängers” in APOGEE DR17 and following them up with the Tull spectrograph, an optical,&lt;italic&gt;R&lt;/italic&gt;∼ 60,000 echelle on the McDonald Observatory 2.7 m telescope. Line-by-line differential analyses of pairs’ optical spectra reveal neutron-capture (Y, Zr, Ba, La, Ce, Nd, and Eu) elemental abundance differences of Δ[X/Fe] ∼ 0.020 ± 0.015 to 0.380 ± 0.15 dex (4%–140%), and up to 0.05 dex (12%) on average, a factor of 1–2 times higher than intracluster pairs. This is despite the pairs sharing nearly identical APOGEE-reported abundances and [C/N] ratios, a tracer of giant-star age. This work illustrates that even when APOGEE abundances derived from spectra with a signal-to-noise ratio &gt; 300 are available, optically measured neutron-capture element abundances contain critical information about composition similarity. These results hold implications for the chemical dimensionality of the disk, mixing within the interstellar medium, and chemical tagging with the neutron-capture elements.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2202135; 2108736</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal, Volume 993, Issue 1, id.45, 18 pp.</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>